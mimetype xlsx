--- v0 (2025-10-16)
+++ v1 (2026-01-28)
@@ -2,721 +2,765 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Technical Assistants\DVS\Research Files Published\Disclosures Database\DB Compliance reporting\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Other Tasks\HY Investment thesis\Final - HY investment Thesis\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4F801AA0-A369-4E8A-A5B4-68FC9EE93660}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BE2B67C1-DF0A-4EDC-93B4-F3386ACC7BB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="619" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" tabRatio="619" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Navigation" sheetId="9" r:id="rId1"/>
     <sheet name="Euro - HY" sheetId="3" r:id="rId2"/>
-    <sheet name="DB Disclaimer" sheetId="5" r:id="rId3"/>
+    <sheet name="DB Disclaimer" sheetId="10" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_">#REF!</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Euro - HY'!$A$3:$F$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Euro - HY'!$A$3:$F$63</definedName>
     <definedName name="A1\">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="sharpan - Personal View" guid="{A9B34EE3-AA13-4DE8-95F8-5CE9E95DE87F}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1552" windowHeight="840" activeSheetId="1"/>
     <customWorkbookView name="Rahul Verma - Personal View" guid="{BA05EF5A-5832-404B-B46D-AD6473D12444}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1382" windowHeight="744" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="355" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="379" uniqueCount="233">
   <si>
     <t>Analyst</t>
   </si>
   <si>
     <t>Institution Name</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Backtested, hypothetical or simulated performance results have inherent limitations. Unlike an actual performance record based on trading actual client portfolios, simulated results are achieved by means of the retroactive application of a backtested model itself designed with the benefit of hindsight. Taking into account historical events the backtesting of performance also differs from actual account performance because an actual investment strategy may be adjusted any time, for any reason, including a response to material, economic or market factors. The backtested performance includes hypothetical results that do not reflect the reinvestment of dividends and other earnings or the deduction of advisory fees, brokerage or other commissions, and any other expenses that a client would have paid or actually paid. No representation is made that any trading strategy or account will or is likely to achieve profits or losses similar to those shown. Alternative modeling techniques or assumptions might produce significantly different results and prove to be more appropriate. Past hypothetical backtest results are neither an indicator nor guarantee of future returns. Actual results will vary, perhaps materially, from the analysis.</t>
   </si>
   <si>
     <t>Adler Pelzer Group</t>
   </si>
   <si>
     <t>Kiloutou</t>
   </si>
   <si>
     <t>Kronos International Inc</t>
   </si>
   <si>
     <t>Kloeckner Pentaplast</t>
   </si>
   <si>
-    <t>Gestamp Automocion</t>
-[...1 lines deleted...]
-  <si>
     <t>Loxam SAS</t>
   </si>
   <si>
     <t>CeramTec Gmbh</t>
   </si>
   <si>
     <t xml:space="preserve">INEOS Group Holdings </t>
   </si>
   <si>
-    <t xml:space="preserve">Wepa Hygieneprodukte GmbH (WEPAHY) </t>
-[...1 lines deleted...]
-  <si>
     <t>Aston Martin Lagonda</t>
   </si>
   <si>
     <t>Guala Closures</t>
   </si>
   <si>
     <t>Grupo Antolin</t>
   </si>
   <si>
     <t>Jaguar Land Rover</t>
   </si>
   <si>
     <t>Lonza Specialty Chemicals (Arxada)</t>
   </si>
   <si>
     <t>Lars Dueser</t>
   </si>
   <si>
     <t>CABB</t>
   </si>
   <si>
-    <t>Trivium Packaging Finance BV</t>
-[...1 lines deleted...]
-  <si>
     <t>Cheplapharm Arzneimittel</t>
   </si>
   <si>
-    <t>Upfield</t>
-[...1 lines deleted...]
-  <si>
     <t>Iceland Foods</t>
   </si>
   <si>
     <t>Vivek Khanna</t>
   </si>
   <si>
     <t>Salt (Matterhorn Mobile SA)</t>
   </si>
   <si>
     <t>Altice International</t>
   </si>
   <si>
     <t>Altice France</t>
   </si>
   <si>
     <t>eircom Holdings</t>
   </si>
   <si>
     <t>Telenet</t>
   </si>
   <si>
     <t>Virgin Media Inc</t>
   </si>
   <si>
     <t>VodafoneZiggo</t>
   </si>
   <si>
     <t>Techem AG</t>
   </si>
   <si>
-    <t>Tele Columbus</t>
-[...1 lines deleted...]
-  <si>
     <t>Encore Capital (ex Cabot Financial)</t>
   </si>
   <si>
     <t>Garfunkelux Holdco 3 SA</t>
   </si>
   <si>
-    <t>Intrum</t>
-[...4 lines deleted...]
-  <si>
     <t>Bite Group</t>
   </si>
   <si>
     <t>Arrow Global Finance (Sherwood Financing)</t>
   </si>
   <si>
     <t>Verisure Holding AB</t>
   </si>
   <si>
     <t>Brunello Bidco S.p.A</t>
   </si>
   <si>
     <t>Softbank Group</t>
   </si>
   <si>
     <t>Telecom Italia SpA</t>
   </si>
   <si>
-    <t>HSE Finance</t>
-[...7 lines deleted...]
-  <si>
     <t>PCF GmbH</t>
   </si>
   <si>
     <t>HT TROPLAST AG</t>
   </si>
   <si>
     <t>TK Elevator (Thyssenkrupp Elevator)</t>
   </si>
   <si>
     <t>PureGym</t>
   </si>
   <si>
-    <t>Faurecia</t>
-[...1 lines deleted...]
-  <si>
     <t>Webuild SpA</t>
   </si>
   <si>
     <t>Maxeda</t>
   </si>
   <si>
-    <t>Constellium N.V.</t>
-[...4 lines deleted...]
-  <si>
     <t>Mahle GmbH</t>
   </si>
   <si>
     <t>&lt;&lt;</t>
   </si>
   <si>
     <t>DVS Team</t>
   </si>
   <si>
     <t>Updated on:</t>
   </si>
   <si>
     <t>by:</t>
   </si>
   <si>
     <t>Click to navigate to the desired page</t>
   </si>
   <si>
     <t>Synthomer PLC</t>
   </si>
   <si>
     <t>Eroski, S. Coop.</t>
   </si>
   <si>
     <t>Philips Domestic Appliances/Versuni</t>
   </si>
   <si>
-    <t>Benteler International</t>
-[...1 lines deleted...]
-  <si>
     <t>Masmovil / Lorca telecom</t>
   </si>
   <si>
     <t>Euro-High Yield Investment Thesis for covered companies</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Outlook</t>
   </si>
   <si>
     <t>Valuation</t>
   </si>
   <si>
     <t>Risks</t>
   </si>
   <si>
     <t xml:space="preserve">The company generates close to £100MM levered FCF in FY24, providing debt paydown optionality. It aims to materially delever to the low 3x’s. We should see enhanced LTV as IFM scales and ND falls. 2025 should experience a temporary relevering due to ERC normalization, but this should be offset by continuous IFM scaling. We expect leverage to go from 5.4x underlying (~4x company reported) in FY23 to ~3.5X in FY24, to ~3.9x in FY25 and back to ~3.5x in FY26. Prospective catalysts include quarterly earnings, further fund-raising success (real estate lending fund with ~£1BN close expected later in 2024 and then ACO3 throughout 2025) and early refinancing efforts around Q1-25. </t>
   </si>
   <si>
     <t>In assigning our [bond/loan/CDS] recommendation, the analyst takes into account various factors including the company’s creditworthiness, financial forecasts, structural considerations, the company’s likelihood to satisfy interest payments and repay its debt in a timely manner, potential recovery prospects in a restructuring, in addition to relative value considerations across similar instruments.</t>
   </si>
   <si>
     <t>Key risks include the company’s B/S collections underperforming, ERC or BV write-downs, IFM scaling failing (eg no ACO3) or economics deteriorating, misallocation of capital, and/or lack of sponsor support in stress.</t>
   </si>
   <si>
     <t>In assigning our [bond/loan/CDS] recommendation, the analyst takes into account various factors including the company’s creditworthiness, financial forecasts, structural considerations, the company’s likelihood to satisfy interest payments and repay its debt in a timely manner, potential recovery prospects in a restructuring, in addition to relative value considerations across similar instruments</t>
   </si>
   <si>
-    <t>Cheplapharm's business model is attractive, in our view, with a structurally declining but predictable revenue stream and asset-light operations involving no manufacturing or R&amp;D. While the M&amp;A strategy is proven and effective, the key risk is in potentially overextending core functions or the balance sheet in pursuing an aggressive buy-and-build agenda. In addition, the earnings trajectory is distorted by a number of factors including a structurally declining top line, continuous additions through M&amp;A, and TSA accounting whereby newly acquired products are marketed by sellers on behalf of Cheplapharm during a transition period. Nevertheless, we believe the model has underlying potential to generate substantial free cash flow, although earnings momentum may not be consistently positive and the future deleveraging profile is dependent on the scale and timing of M&amp;A activity.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Eroski features strong unlevered FCF and FCF coverage metrics, leverage that even on a fully loaded proportional basis is still (well) below that of the European Food Retail peers, and asset value / LTV support through its valuable stake holdings plus c. EUR 200 million of unencumbered real estate assets. Management intentions/incentives are fully aligned with those of bondholders. For instance, the coop structure does not pay out dividends to owners (other than the limited annual capital redemptions to retiring/leaving Cooperativists) and there are no share buybacks. Whilst in a stress situation, problems could arise due to coop overhang and an EV discount or multiple points of enforcement, we believe the probability of such an event is low at this stage and mispriced vs comps. The Spanish food retail market has grown at a healthy pace over the past few years; indeed, even in periods of financial distress (2010-14), the sector’s annual growth stood at 2.7%. </t>
   </si>
   <si>
     <t>Key risks include worse-than-expected lfl sales, potentially due to food price disinflation and an uptick in competition; margin pressure due to price investments/promotions, unrecovered and unmitigated cost inflation; FCF/cash burn due to lower EBITDA and W/C outflows; and overall deterioration of credit metrics.</t>
   </si>
   <si>
     <t>We continue to like ECPG and believe its access to the more attractive US market, better capital allocation and liquidity, higher cash conversion as well as lower starting point leverage relative to comps make this name still the bellwether in the sector (from both a cashflow coverage and an LTV perspective). Potential upside catalysts include better-than-expected fundamentals, stronger overall market and earlier-than-expected refinancing.</t>
   </si>
   <si>
-    <t>Key risks include weaker-than-expected fundamentals (eg ERC write-offs, less-than-expected new supply/front-book IRR accretion, less bondholder-friendly capital allocation and subsequently less-than-anticipated deleveraging, as well as adverse regulatory change) and overall weak primary/secondary markets.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">We are somewhat cautious on Garfunkelux given the following concerns: (1) FCF/leverage issues; (2) the market’s perhaps-overly-optimistic take on UK demand side "consolidation" and its impact on pricing; (3) hoist UK cash cost estimates; (4) the company’s debt capacity/CFADS in steady state and (5) what that means for reinstatement recoveries; (6) front-book returns remain a key driver for sponsor support; (7) how Wolf I was accounted for in the cash flow statement in 2022; and (8) the disclaimer of audit opinion. </t>
   </si>
   <si>
     <t>Key positive risks include better-than-expected collection resilience in a still-uncertain macro climate, good cost control, higher-than-expected front-book return accretion, lower funding costs, material asset sales that are deleveraging and FCF accretive on an underlying basis, and sponsor support.</t>
   </si>
   <si>
-    <t>HSE’s earnings have still not fully stabilized on the back of ongoing customer losses and cost inflation. The outlook for the company will be heavily dependent on the earnings trajectory in the next few quarters before the bonds become current in Q4-25. If stabilization materializes, we envisage a more palatable A&amp;E type deal with potential upside for bond prices from current levels; if not, a more punitive restructuring is likely on the table. The big question remains whether HSE’s recent revenue softness is driven by cyclicality or structural problems. Liquidity-wise the company benefits from c.E40MM excess cash – and considering flexibility on annual unlevered cash needs, this is likely to be defended, ie we do not expect a liquidity event but deem the refinancing of the maturity the potential trigger.</t>
-[...4 lines deleted...]
-  <si>
     <t>Liquidity and runway look solid, though it’s worth noting that Iceland's cash balance PF £54.5MM £25 stub repayment gets to around £100MM, which is the minimum cash need for the business (due to collateral for factoring/supply chain financing and the cash in the registers). Management disclosed this minimum cash need in conjunction with its recent refinancing, so it should not come as a surprise. As such, whilst a destabilizing event might seem rather distant given the next larger maturities are only in 2027, we believe the market materially is overconfident in the credit quality, apparent lack of near-term earnings risks as well as longer-term concerns.</t>
   </si>
   <si>
     <t>Upside risks include better-than-expected defense of cash EBITDA and levered FCF, despite food price disinflation, an uptick in promos/discounts, wage inflation, and a material increase in CAPX. A material rates pivot is also a risk.</t>
   </si>
   <si>
-    <t xml:space="preserve">Intrum’s near-term outlook remains challenged, in that the successful turnaround and pivot of the business model to asset light needs to be delivered and proven to markets. The cost base will have to adjust to the new realities, otherwise the operating deleverage from running off the investment book will impact earnings negatively. On the revenue front, the new servicing opportunities in consumer unsecured remain fairly limited considering the lower levels of consumer stress across Europe thus far, and hence limited supply of fresh contracts and paper. Whilst the current A&amp;E deal proposal (likely to be implemented in due course) will delever the balance sheet by a few ticks, leverage remains high on an absolute level. </t>
-[...4 lines deleted...]
-  <si>
     <t>We regard Maxeda as over-levered considering LTV and steady-state levered FCF coverage. While we see a need for EBITDA to recover, leading indicators for DIY spend remain soft. The name has lacked LFCF generation when rates were at 0% and the macro backdrop was highly supportive (especially in the buoyant Dutch market). Whilst the recent soft landing/goldilocks narrative has taken over and primarily helped bond exchange maths, real estate/building materials/construction-linked industries remain in a tough spot fundamentally, and the next coupon that Maxeda offers will likely need to be materially higher, no matter if terminal rates are 100bps higher or lower. The risk of restructuring remains high, in our view, and we expect that RCF will have to be drawn.</t>
   </si>
   <si>
     <t>Key upside risks include better-than-expected revenue resilience in the currently weak sector backdrop, margin recovery and deleveraging, or sponsor support. Key downside risks include a continued weak demand backdrop, price deflation and contraction of unit margins, renewed freight rate inflation and unrecovered wage inflation, lower EBITDA and releveraging.</t>
   </si>
   <si>
     <t>As Emerging Markets (EM) are the company’s sole growth engine, investors require more of an EM risk premium, given the perception of EM fragility. A meaningful EM growth hiccup would hurt. And the European/US market environment remains tough due to weak consumer sentiment and still-high interest rates. For 2024, we expect only 0-1% industry volume growth in Europe and 0-2% in the US. The current geopolitical issues pose supply-chain risks (e.g. Suez channel blockade and shipment delays/freight cost increases). The company also faces overstocking and downtrading risks (negative mix effects or share loss). Channel stuffing is not apparent (yet), as DSO remain generally unchanged (though we will monitor this) and input cost deflation is being passed on to customers – though with the risk of pricing pressure and subsequent pressure on lfl sales growth and/or unit margins.  In terms of financials, the company’s cash conversion cycle has worsened lately (DIO driven), there’s a lack of FCF and high dependence on the trajectory of NRI.  We believe it’s still too levered and it still has an overly high LTV based on listed comparable multiples and bottom-up valuation</t>
   </si>
   <si>
     <t>Upside risks include a better-than-expected demand recovery in Europe/US and continued growth in EM, persistent pricing power / gross and EBITDA margin defence, a material step down of NRI to become cash flowing after interest, i.e. absolute and relative deleveraging; and bonds are fairly convex to rates.</t>
   </si>
   <si>
     <t>We believe UK gym penetration still has upside, with PureGym the driving force thanks to site rollout and first-time gym member acquisition. The company enjoys 30%+ new site ROIC, durability of mature site economics and fully funded unit growth when low-cost comps have dialed back. The name offers a superior value proposition vs mid-market/public authority gyms – which is underscored in an inflationary environment on both the demand (downtrading beneficiary) and the cost (less inflationary cost exposure and less pressure to increase pricing) sides. Cost management has been disciplined, with cost inflation offset by yield progression/pass-through. Our positive stance is supported by the limited idiosyncratic risk that we see in near term, courtesy of (1) supportive macro real wage growth and still-low unemployment in the UK, (2) strong business momentum and deleveraging trajectory, and (3) a pushed-out maturity wall and healthy liquidity position.</t>
   </si>
   <si>
     <t>Key risks include a macro hard landing with PureGym’s own member base churning/canceling membership and more than offsetting the company's inherent downtrading benefits; irrational and aggressive competitive reaction (by midmarket or other value gyms), limiting the company’s ability to pass through cost inflation, triggering  churn/loss of members and operating deleverage; deterioration in unit economics; and potentially problematic M&amp;A (FitnessWorld precedent), albeit M&amp;A is not part of the strategy as management has explicitly stated that its focus is on new box growth in UK/Switzerland only, whilst the Danish estate remains in turnaround mode and new market entries are planned only through its asset-light franchise concept.</t>
-  </si>
-[...19 lines deleted...]
-    <t>Management has issued a profit warning consistent with other OEMs in the sector that are seeing weakness in demand. Wholesale volumes will be lower by 1000 than previous guidance due to disruptions in the supply chain and weakness in China (previously “high single digit % growth” from a base of 6,620 units). Q3 24 wholesale volumes and adjusted EBITDA are now expected to be below current market expectations (Q3 consensus volumes 1,762 units and adj. EBITDA of GBP 73mn). The FY 2024 gross margin is now expected to be modestly below 40% (previous target was c. 40%). FY 2024 adjusted EBITDA margin should be in the high teen's percentage (previously low 20s%). And H2 24 FCF – while materially improved from H1'24 – will remain negative (previously positive FCF generation in H2'24). FY 25 targets are unchanged.</t>
   </si>
   <si>
     <t>In assigning our [bond/loan/CDS] recommendation, the analyst takes into account various factors including the company’s creditworthiness, financial forecasts, structural considerations, the company’s likelihood to satisfy interest payments and repay its debt in a timely manner, potential recovery prospects in a restructuring, in addition to relative value considerations across similar instruments.
  </t>
   </si>
   <si>
-    <t>Key risks include a considerable miss on the company's wholesale volume target of high-single-digit growth and negative FCF in H2 24 and FY25, which could weigh on the company's liquidity.</t>
-[...10 lines deleted...]
-  <si>
     <t>Key downside risks include high customer concentration in the Custom Manufacturing business unit; limited consistent positive cash flow generation in recent years as the ag cycle has gone through a cyclical downturn; and strong competition in the segment housing the Acetyls business. We do not consider access to the EUR 110 million RCF as a major risk as the springing covenant leaves plenty of headroom vs. current leverage levels. Key upside risks include outperformance vs our cash flow projections and/or a sale of the business (as discussed in the press) that drives an earlier-than-anticipated bond redemption.</t>
   </si>
   <si>
-    <t xml:space="preserve">We see positive near-term prospects for de-leveraging as we continue through 2024. While the company has disappointed recently in terms of medical volumes, maintains high financial leverage, and could face disruptions from energy supply in Europe (~6% of cost of goods sold is represented by energy), we believe these factors are balanced by strong underlying business fundamentals and a leading market position in advanced ceramic products, especially in medical applications. We expect the consolidated net leverage ratio to end 2024 just above 5x, with more significant deleveraging ahead in 2025. </t>
-[...16 lines deleted...]
-  <si>
     <t>Full-year revenue guidance has been revised to the lower end of EUR 4.3-4.6bn, while strong working capital inflow is expected in H2. Capex guidance is at 5-5.5% of revenues, with management also guiding for full-year positive FCF of EUR 50mn, on the basis of its definition of “cash burn”. This includes the new debt stack and asset sales.</t>
   </si>
   <si>
     <t>Key risks include execution risk on the transformation plan, a potential breach of the debt covenant, weakness in the automotive suppliers market (low demand, weak macro, low margins), as well as a potential credit rating downgrade.</t>
-  </si>
-[...39 lines deleted...]
-    <t>Inventory destocking and lower demand from paint and coatings customers that defined 2H 2022 and most of 2023 performance appears to have run its course. Kronos reported healthy growth YTD and the outlook for the rest of the year is encouraging. We expect that the original +7% 2024 full year forecast industry forecast during the last bond exchange could now be exceeded.</t>
   </si>
   <si>
     <t>In terms of key downside risks, the company is exposed to cyclical demand trends impacting titanium dioxide (itself linked to paints and coatings demand), and changes in competitive supply dynamics. 
 Key upside risks include outperformance to our cash flow forecasts from potentially better-than-expected industry conditions or reduced dividends.</t>
   </si>
   <si>
-    <t xml:space="preserve">Arxada has a strong global leadership position across its Hygiene, Home and Personal care, Wood Protection and Paints and Coatings market fields, longstanding customer relationships, a good margin profile and good fundamental growth prospects, especially in microbial end-markets. Ultimately, earnings could be significantly boosted by recent acquisitions. While short-term demand outlook is muted, ultimately volume recovery in key end markets has potential to significantly grow EBITDA in years ahead. </t>
-[...7 lines deleted...]
-  <si>
     <t>In terms of key risks, Loxam’s debt is generally well supported by the substantial market value of the rental fleet asset, growing earnings prospects, and, particularly at the more conservatively leveraged secured level, substantial theoretical equity cushion prospects. Integration of Lavendon, Ramirent and other smaller businesses have proceeded well, although momentum was sidetracked due to COVID-19 pandemic pressures and 2020 branch closures, which have constrained deleveraging in the past two fiscal years.</t>
   </si>
   <si>
-    <t xml:space="preserve">For FY 24, the company expects sales of around EUR 12.3bn and net debt / EBITDA of around 1.1x. We see a fundamental improvement of its credit profile due to continuing tailwinds in the auto suppliers sector. </t>
-[...25 lines deleted...]
-  <si>
     <t>Key risks include high financial leverage, raw material pressures and potential softening of demand, especially on the new equipment side of the business to the extent that general economic metrics weaken in 2024. Higher cash interest costs due to rising rates on floating debt and cash restructuring costs would also be a short-term impediment to significantly improving free cash flow. Risks to Chinese real estate markets generally and commercial real estate developments are also concerns.</t>
   </si>
   <si>
-    <t xml:space="preserve">We expect gradually improving demand for food cans in 2024 vs. 2023, though the primary issue for credit investors is what happens on ownership front as partial owner Ardagh Group has publicly stated it intention to sell the stake. </t>
-[...32 lines deleted...]
-  <si>
     <t xml:space="preserve">In assigning our bond recommendations, the analyst takes into account various factors including the company’s creditworthiness, financial forecasts, structural considerations, the company’s likelihood to satisfy interest payments and repay its debt in a timely manner, potential recovery prospects in a restructuring, in addition to relative value considerations across similar instruments. </t>
   </si>
   <si>
-    <t>Positive risks include asset sales and a reduction in the leverage financial policy. Negative risks include increasing price competition, higher levels of capex than envisaged and limited FCF generation.</t>
-[...4 lines deleted...]
-  <si>
     <t>In assigning our bond recommendations, the analyst takes into account various factors including the company’s creditworthiness, financial forecasts, structural considerations, the company’s likelihood to satisfy interest payments and repay its debt in a timely manner, potential recovery prospects in a restructuring, in addition to relative value considerations across similar instruments.</t>
   </si>
   <si>
-    <t xml:space="preserve">Key risks include a slower-/faster-than-expected recovery to and under/outperformance of pre-Covid levels, worse/better revenue/EBITDA/FCF and deleveraging, any lockdowns and other operational disruptions. </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Teamsystem (Brunello Bidco) is a true software company, with ~80% recurring revenue share, ~40% cloud revenue share and margins that are 3-4x higher than at Italian IT Services peers. The SaaS business model enjoys higher valuations due to better revenue/earnings quality, higher operating leverage and strong FCF conversion/margins. </t>
   </si>
   <si>
     <t>Key negative risks include lower-than-expected revenue growth due to technological disruption, share/customer losses or lower overall sector growth, pressure on EBITDA margins, higher capital intensity and restructuring charges, negative working capital movements and more aggressive dividends to sponsors/M&amp;A with limited deleveraging in the restricted group.</t>
   </si>
   <si>
-    <t>Eircom expects EBITDA to decline in the low-single-digit, in line with our estimates. The company expects capex will be 21-23% of revenues (DBe: 23%), with continued organic cashflow generation.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Masmovil formed a JV with Orange effective April 2024. We recognize that LORCAT leverage will be higher out of the gates, but it should decline quickly over the medium term. The JV’s strong market position and its commitment to de-lever as opposed to pay dividends to facilitate an exit, is not fully reflected in the bond prices in our mind. </t>
   </si>
   <si>
     <t>Risks include increasing/decreasing competition, delivery on synergies, higher-/lower-than-expected capex levels and more/less onerous remedies.</t>
   </si>
   <si>
-    <t xml:space="preserve">From an operative and financial perspective, the business continues to deliver. There are multiple growth drivers which we believe the company can tap into for the medium term. Growth drivers include increasing fibre penetration of its mobile customer base and market share increase in the B2B segment. Unfortunately, the limited disclosure hampers our ability to better assess how the business is doing in the above segments and thus it is harder to assess the positive impact on EBITDA and its related positive valuation impact. </t>
-[...8 lines deleted...]
-  <si>
     <t>Positive risks include continued NAV expansion, a potential rating upgrade and a faster-than-expected return of capital from the SVF. Negative risks include material share buybacks, lower tech valuations and managing the business to an LTV towards the higher end of their target range.</t>
   </si>
   <si>
-    <t xml:space="preserve">We believe the following credit considerations still hold good: (1) High revenue visibility, low customer concentration and very low churn.  (2) Above-average asset cover despite high net debt/EBITDA. (3) Very strong position maintained in Germany with ~30% share. (5) Supportive regulatory framework. </t>
-[...16 lines deleted...]
-  <si>
     <t>For FY 2024 the company has guided to stable revenues, a mid-single-digit decline in EBITDAaL, capex sales of ~32% and adjusted FCF of €50-75m.</t>
   </si>
   <si>
     <t>Positive risks include lower growth capex, improved pricing power and a commitment/expectation to issue Junior debt as part of the long-term capital structure.</t>
   </si>
   <si>
-    <t>For FY 2024 the company has guided to stable revenues, stable to low-single-digit growth in adjusted EBITDA, capex sales of 16-18% and adjusted FCF of CHF360-400m.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">The company has introduced a new target leverage policy of &lt; 4.5x and it anticipates further guidance will be given once this target is achieved. We commend the change in leverage policy: it is creditor friendly while still allowing the business to invest in growth through a reinvestment of organic FCF. And it will add options on any potential exit by the equity owners (IPO would potentially require a further reduction in leverage) over time at the expense of dividend recapitalizations over the short / medium term. Profitability remains resilient. Consolidated EBITDA margins of 43% are impacted by growth investments while the Portfolio Services Segment EBITDA margin of 71.3% reflects the high level of profitability of the business when excluding customer acquisition-related investments. Capital intensity is driving growth—capex-sales has been high at c.30% of sales (EBITDA margin c.43%) and the level continues to be driven by growth investments. </t>
   </si>
   <si>
     <t>Upside risks include greater customer growth, higher ARPU and lower levels of capex. Downside include shareholder distributions, higher subscriber acquisition and retention costs, regulatory risk, rising price competition, increasing churn levels and higher equipment related costs. Risks also include repricing of the existing tranches based on any new issue premium required to raise the capital required.</t>
   </si>
   <si>
-    <t>While Q4 results were good and FY 2023 guidance was delivered; the 2024 guidance is materially weaker than expected. We, and the market, were looking for continued growth in EBITDA in 2024 rather than the "low- to mid-single-digit decline" guidance. 
-[...11 lines deleted...]
-  <si>
     <t>Mehmet Dere</t>
   </si>
   <si>
+    <t xml:space="preserve">Avis Budget Group, 
+Inc. </t>
+  </si>
+  <si>
+    <t>While FY25 benefits from tariff tailwinds and potentially higher EBITDA, investors are increasingly focused on topline risks, negative RV data, and non-zero event risks related to ICR, LFCF, liquidity, and leverage. The positive DPU impact in FY25 is expected to provide some relief to bond investors. However, FY26 will likely see negative impacts from new car price inflation.</t>
+  </si>
+  <si>
+    <t>Key positive risks include better than_x0002_expected top-line growth (RPD/volume/share) and DPU normalization including more sizable gains on sale due to higher residual values from auto tariffs, lower financing costs, higher OPEX savings, material expansion of LFCF, organic deleveraging of structure, conservative cap allocation (i.e., no aggressive/less share repos), FleetCo ABS LTV and maintenance covenants remaining in check in order to avoid further margin calls or reduce credit enhancement to OpCo. 
+Key negative risks are the opposite of above, including more pronounced topline weakness (eg due to US recession or share losses) and tariff flip creating once again havoc on depreciation schedules.</t>
+  </si>
+  <si>
+    <t>Axactor ASA</t>
+  </si>
+  <si>
+    <t>Axactor is expected to face further financial challenges, including a potential material negative revaluation in Q4 24, following a €12MM revaluation in October. The company's FY24 annual report is expected to reveal the full impact of the NPL sale on its ERC, UFCF, and debt capacity. The company may face further rating pressure due to write-downs and increasing refinancing risk, potentially leading to going concern language in its H1 25 report.</t>
+  </si>
+  <si>
+    <t>Key positive risks include lower than expected book write-down, better than expected collection performance against active curve down the line, improving front_x0002_book returns, cost savings, deleveraging, overall debt capacity expansion, bond buybacks sub-par, sponsor support and par refinancing.</t>
+  </si>
+  <si>
+    <t>Ceconomy</t>
+  </si>
+  <si>
+    <t>Ceconomy's margin outlook is threatened by potential minimum wage increases and supply chain disruptions. The company's liquidity is vulnerable to seasonal fluctuations in net working capital and reliance on favourable trade terms. In a stress scenario, Ceconomy could burn E400-500MM in FY25e, primarily driven by net working capital changes.</t>
+  </si>
+  <si>
+    <t>Key positive risks include better than expected numbers in the key trading quarter (FQ1), less NWC pressure (eg by trade supplier terms holding up or improving, continued access to trade insurance and other off-balance sheet financing (eg factoring), less overstocking, improving CFADS and LFCF (before W/C).</t>
+  </si>
+  <si>
+    <t>CMA CGM S.A.</t>
+  </si>
+  <si>
+    <t>The oversupply situation is expected to worsen, leading to high cash outflows in 2025 and beyond, potentially depleting excess liquidity. A return to pre-Covid freight rates would result in significant cash burn, exceeding $2.0BN unlevered and $2.5BN levered. Recent volume gains and rate spikes are unsustainable, artificially driven by supply constraints rather than genuine demand.</t>
+  </si>
+  <si>
+    <t>Key risks include less than expected freight  rate unwind, eg due to tariff pause extension with subsequently longer than expected front-loading benefits, no recession, ie. demand side holding up, further delays in Red Sea reopening, cost cuts to counter revenue declines, less aggressive shareholder behavior (eg no more dividends or large M&amp;A deals), longer than expected liquidity runway, ie. no need for additional (priming) liquidity sources and no negative rating action.</t>
+  </si>
+  <si>
+    <t>EC Finance plc / Europcar</t>
+  </si>
+  <si>
+    <t>Europcar may require equity injections from its parent to address LTV breaches as challenged residual values erode, while the parent's liquidity tightens due to potentially lower corporate EBITDA. While VW ownership provides a downside floor, its support might not be immediate or fully guaranteed, suggesting further spread widening is possible even with weak earnings and a worsening credit profile. Expect continued rating pressure, given S&amp;P's existing negative outlook.</t>
+  </si>
+  <si>
+    <t>Key positive risks include better than expected numbers due to higher than expected RPD, available car days, fleet utilization, lower operating cost inflation and less harsh hit by falling residual values of at-risk vehicles (which would translate into higher vehicle depreciation charges), helping to defend corporate EBITDA and liquidity better (ie reducing risk to cure LTV breaches in securitization box).</t>
+  </si>
+  <si>
+    <t>&gt; Upside risks include better than expected fundamentals, stronger overall market and earlier than expected refinancing.
+&gt; Downside risks include weaker than expected fundamentals (eg ERC write-offs, less than expected new supply/front-book IRR accretion, less bondholder friendly capital allocation and subsequently less than expected deleveraging, as well as adverse regulatory change are on our radar) and overall weak primary/secondary markets.</t>
+  </si>
+  <si>
+    <t>International Design Group S.p.A</t>
+  </si>
+  <si>
+    <t>The company's sales growth is expected to be modest, with a 0% CAGR from '22-26, below the sector's 2-5% CAGR and significantly lower than the IDG business plan's 11% CAGR. Despite sales growth, EBITDA margin is expected to remain flat due to price/cost being given back to suppliers/customers, while CAPX/sales is expected to decrease to ~3.5%. The company is expected to deleverage steadily, with leverage decreasing to 4.4x by FY27, and generate positive levered FCF in every forecasting period, limiting refinancing risk for the FRN 26s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macro, margin pressure, share loss, customer concentration in Contract, W/C unwind, no sponsor support in stress. </t>
+  </si>
+  <si>
+    <t>Reno de Medici SpA</t>
+  </si>
+  <si>
+    <t>The company's unit contribution margins have likely compressed further, potentially leading to a 10-30% YoY drop in Q2-25 cash EBITDA, which would challenge the EBITDA recovery story. Weak demand and uncertain US import tariffs have already led to a profit warning from Metsa Board, and OCC prices are expected to decline further. A failure to recover cash EBITDA in 2026 may lead to a liquidity need, potentially resulting in a hard restructuring, with reinstated recoveries estimated at ~40-60c, or a par A&amp;E with a lower valuation.</t>
+  </si>
+  <si>
+    <t>If we equal weighted each of these scenarios [bluesky: 100, bull: 80c based on higher A&amp;E value, base: 75c based on higher A&amp;E value, downside: 20c based on hard RX mid-point] we get to a FV of ~70c. Considering the industry outlook has not improved and the recovery is delayed with a potential liquidity need in 2026/2027, we make the case to skew the scenario weights a tad more away from the bluesky/bull case, which in turn yields a lower FV target of around 65c. Such FV in the mid 60s would also be reached if we kept the equal weights, but used less generous fair values in some of the individual scenarios. In our downside case, we see only hard restructuring as an option, absent sponsor support. Reinstated recoveries range from ~10-30c.</t>
+  </si>
+  <si>
+    <t>Takko Fashion GmbH</t>
+  </si>
+  <si>
+    <t>Takko's expected positive FQ3 results and potentially supportive FQ4 commentary could act as a near-term catalyst for its credit. This positive outlook is further supported by continued good news in the value/discount apparel sector, particularly in Germany, where consumer spending remains weak. Rating upgrades are possible in the medium term (12 months+ window).</t>
+  </si>
+  <si>
+    <t>Key risk include larger than expected gross margin % unwind and subsequent EBITDA hit, eg due to category slow-down, competition or COGS unit inflation (incl. EURUSD depreciation), unmitigated wage and rent inflation, overstocking and discounting, tight LFCF, releveraging and tighter excess liquidity.</t>
+  </si>
+  <si>
+    <t>ProGroup AG</t>
+  </si>
+  <si>
+    <t>We project FY25e EBITDA of ~€150MM represents a weak recovery, potentially undermining market confidence for 2026 given an estimated €12-13MM ETS refund reduction. We forecast Progroup could burn ~€220MM cash by YE27, driven by a ~€100MM operational burn (assuming €120-130MM annual CAPX) and €117MM in debt amortization payments. This significant cash burn precedes the SSN becoming current around Q1-28 and the RCF maturing in Oct-28.</t>
+  </si>
+  <si>
+    <t>High reliance on volatile regulatory subsidies which are inherently subject to policy change is a clear negative to us and a risk for the structure.</t>
+  </si>
+  <si>
+    <t>We remain vigilant for potential debt-financed acquisitions. While the group targets 2.0-2.5x leverage, we believe this is unlikely to be achieved soon, and there are no immediate plans for InvestIndustrial's exit. Despite positive demand prospects and business strengths, current trading doesn't justify an overweight rating; an improving credit profile long-term depends on de-leveraging commitment without further sponsor dividends or large debt-financed acquisitions.</t>
+  </si>
+  <si>
+    <t>Key risks include revenue dependence on alcohol markets, significant unhedged raw material inflation without pass-through clauses, high leverage, and historical margin dilution. Additional business risks stem from exposure to on-premise/travel retail channels and the ongoing impact of the war in Ukraine, despite management's mitigation efforts. Upside to our CreditHold includes faster cash flow/deleveraging or a sponsor exit improving financial flexibility.</t>
+  </si>
+  <si>
+    <t>If the Framework Agreement is actioned, it will limit the increase in pro forma cash interest expense post-refinancing by maintaining the 6.5% cash portion, preserving future positive free cash flow. This agreement also appears intended to preserve the "par" recovery for Senior Notes holders, extending maturity by three years with a PIK element boosting total return. Despite high leverage, the June 2023 SVP equity infusion is a strong credit positive, and with capex subsiding and potential EBITDA growth by 2026, the business should achieve a strong free cash flow position.</t>
+  </si>
+  <si>
+    <t>Key downside risks to our recommendation include high financial leverage and exposure to volatile raw material prices. Volume erosion is a risk in particular in the competitive food segment as other packaging substrates have made substitution gains due to environmental and other factors. Key upside risks would be better than anticipated cash flow performance which drives financial leverage lower than anticipated.</t>
+  </si>
+  <si>
+    <t>Wepa Hygieneprodukte GmbH (WEPAHY)</t>
+  </si>
+  <si>
+    <t>Increased financial flexibility and deferred debt amortization from the new bond boost the chance of an early redemption for the 2027 maturity, with secondary buybacks providing technical support for bond prices. The company anticipates solid 2024 cash generation, despite lower adjusted EBITDA compared to exceptional 2023. Our CreditHold recommendation for the new fixed-rate bonds reflects their price performance, similar spread levels, limited upside, and lower likelihood of early redemption given focus on earlier maturities.</t>
+  </si>
+  <si>
+    <t>In terms of key downside risks, while the company is operationally on track and demand trends remain solid, the business has faced considerable raw material and energy headwinds that have negatively impacted margins in recent periods. Upside risks to our CreditHold recommendation would be outperformance in terms of cash flow or deleveraging prospects.</t>
+  </si>
+  <si>
+    <t>Revenue of EUR 2.2-2.3bn and EBITDA of around EUR 240mn. In addition, the company expects to improve its FCF yoy and wants to refinance its bond.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rating Downgrades, no bond refinancing until mid 2026 (i.e. before the bond becomes current), underperformance vs targets. </t>
+  </si>
+  <si>
+    <t>Volumes are expected to decline by a mid-high single-digit percentage year-over-year, contrasting with previous guidance of modest growth. Adjusted EBIT is expected to be below the lower end of the market consensus range (i.e., &lt;-£110 million) - initially expected to improve towards break-even in 2025.</t>
+  </si>
+  <si>
+    <t>Consistently negative FCF generation, a credit rating downgrade to CCC+ and lack of shareholder support.</t>
+  </si>
+  <si>
+    <t>A challenging market environment for Exclusives (Cropscience) is expected for FY 25, while some market growth is expected in Specialties. Adj. EBITDA is expected to be in line with PY.</t>
+  </si>
+  <si>
+    <t>No specific outlook for 2025, however management notes an increase in order intake of 38% in H1 25 yoy and an increased order book of 10%.</t>
+  </si>
+  <si>
+    <t>Downside risks are related to market share losses, high price pressure, and weaker margins.</t>
+  </si>
+  <si>
+    <t>CERBA Healthcare</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cerba’s focus is on cost discipline and long-term transformation. It has a cost savings target of EUR 75mn for 2025 and it is also looking for divestments of non-core assets (timing not mentioned) as well as working capital optimization. The company paused its acquisition strategy in order to preserve cash and to achieve a lower leverage. Under its Care Transformation Program management aims to reposition Cerba from a diagnostic test provider to a health and prevention advisor. </t>
+  </si>
+  <si>
+    <t>High leverage, limited recovery value (particularly for subordinated bonds), and adverse tariff adjustments in the French routine testing market after 2026.</t>
+  </si>
+  <si>
+    <t>Forvia</t>
+  </si>
+  <si>
+    <t>Management stable auto production in H2 with a clearer geographic mix and continued cost discipline. An acceleration of disposals is targeted and a reduction of leverage toward 1.5x by 2026.</t>
+  </si>
+  <si>
+    <t>Underperformance vs. consensus in 2025 and 2026. Delayed asset sales and delayed implementation of cost cuttings.</t>
+  </si>
+  <si>
+    <t>Graanul/Cullinan HoldCo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Growth-oriented outlook, with strong focus on operational stability, strategic customer relationships, and long-term value creation. For 2025, the company expects to sell 2.2-2.3kt of pellets with an EBITDA margin target of EUR 40-45/per tonne. While its production capacity for 2025 and 2026 is largely covered, it is looking to extend the contracts with its existing clients and acquire new clients for the period after 2026. A memorandum of understanding was signed with some of its clients for the period. </t>
+  </si>
+  <si>
+    <t>A failure to achieve a meaningful backlog situation covering 75-80%  of its capacity after 2026 or achieving contracts at conditions that do not reflect historical pricing levels. Another risk is a delay in the refinancing process of the outstanding bonds.</t>
+  </si>
+  <si>
+    <t>In line with the sales trend, which is stabilizing at a moderate level, the continuation of its disciplined pricing strategy as well as initial effects from growth regions and projects (e.g. Latin America, Turkey and aluminum business), profine is aiming for sales revenues between €800m and €850m in FY2025. Management expects an adj. EBITDA margin of 14%.</t>
+  </si>
+  <si>
+    <t>Key upside risks include a quicker-than-expected recovery in European end markets and a rapid payback of the company's investments abroad . The downside risks to our CreditHold recommendation include weaker-than-expected volumes in Europe, high raw material price volatility coupled with potential challenges in passing these costs through, and extensive growth investments with limited visibility on payback.</t>
+  </si>
+  <si>
+    <t>Ineos expects 2025 to remain bottom-cycle year with flat demand, weaker margins, and continued cash conservation, ahead of a transition in 2026 and recovery toward mid-cycle returns in 2027.</t>
+  </si>
+  <si>
+    <t>Key upside risks incorporate stronger than expected results in 2025 and strong FCF. Downside risks are elevated earnings volatility and an aggressive financial policy.</t>
+  </si>
+  <si>
+    <t>Company expects an EBIT margin of 5-7%, the US tariff impact is expected to lessen going forward. Transformation and product mix is expected to rebuild profitability from this new base.</t>
+  </si>
+  <si>
+    <t>A higher than expected negative impact from the recent cyber attack, lack of financing the cash burn resulting from the cyber attack and higher than expected negative impact and uncertainty due to higher tariffs.</t>
+  </si>
+  <si>
+    <t>Kelvion (Mangrove LuxCo III S.a.r.l.)</t>
+  </si>
+  <si>
+    <t>Focus on growth in High Tech and Green Tech markets, continue to grow the Service business, increase market share in the Americas and APAC region, continue to reduce complexity and focus on digitalization to drive operational excellence. No forward-looking guidance was provided at this stage. However, the company expects to achieve its order intake plan in all key regions. 2025 is projected to be another record year. The underlying growth story remains intact; the issue is primarily one of timing.</t>
+  </si>
+  <si>
+    <t>In terms of key risks, exposure to general economic activity is a risk for the portfolio, a particular concern given heightened trade tensions and tariff threats. Underperformance vs. our cash flow projections, as delays or cost overruns in respect of the project business can impact margins, could negatively impact financial leverage. In addition, growth for Kelvion has been recently driven by data centers which has become a large single end market exposure for the company. In terms of upside risks, the business would benefit if Triton successfully sells to a larger and higher quality company, or if growth significantly exceeds our projections.</t>
+  </si>
+  <si>
+    <t>2025 outlook is one of cautious resilience, with management expecting a challenging environment in France, Germany and Poland but targets to grow via acquisitions, cost discipline, and stronger performance in Southern Europe and Denmark.</t>
+  </si>
+  <si>
+    <t>Exposure to cyclical and seasonal markets, which can result in volatile earnings. High capex and M&amp;A spending can constrain deleveraging.</t>
+  </si>
+  <si>
+    <t>Management expects to be negatively impacted by lower production volumes, which reduce fixed cost absorption. The company is emphasizing cost savings and operational improvements.</t>
+  </si>
+  <si>
+    <t>Cautiously optimistic, expecting mid-single-digit sales growth in 2025 (at CER) with EBITDA margins to stay stable or slightly better. Short term performance will improve in H2 as one-off disruptions are behind and working capital releases boost cash flow.</t>
+  </si>
+  <si>
+    <t>Consistent cash burn, no refinancing of RCF and loans, net leverage growing further.</t>
+  </si>
+  <si>
+    <t>Company expects flat to slightly negative revenue trends through H2 25, EBITDA margins to stay resilient despite recent declines and positive FCF.</t>
+  </si>
+  <si>
+    <t>Management expects a revenue line of EUR 11.3bn and a reported EBITDA margin of 6%, as well as a net leverage of 1.9x.</t>
+  </si>
+  <si>
+    <t>The main downside risks are significantly weaker than guided FY 25 numbers, a negative FCF beyond 2025 as well as credit rating downgrades.</t>
+  </si>
+  <si>
+    <t>While the market environment remains challenging, management sees some green shoots in demand. EBITDA in 2025 is expected to stay stable or slightly better yoy and further improvement in 2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The upside risks are potential increases in end-market demand for construction and renovation, as well as lower raw material costs and higher-than-expected cost efficiency. Downside risks are a considerable cash burn and more drawdown in the RCF. </t>
+  </si>
+  <si>
+    <t>Synthomer expects subdued demand through 2025 but aims for modest earnings progress and broadly neutral FCF, driven by cost savings and portfolio divestment.</t>
+  </si>
+  <si>
+    <t>The upside risks to our assessment includes a stronger-than-expected recovery in volume (with some building materials companies, such as Pfleiderer, reporting early signs of improvement in construction markets) and the rapid execution of its asset sale targets. Conversely, the downside risks involve a deterioration in market demand and delays in implementing cost-cutting measures and asset sales, potentially leading to negative FCF and increased leverage.</t>
+  </si>
+  <si>
+    <t>Continued profitable growth expected, led by Service and Modernization. Management remains confident and forward-focused, aiming to sustain strong performance while positioning for long-term growth. For the service and mod markets, which are relevant for two-thirds of revenue and more than 90% of profits, they continue to have a positive view across all regions driven by the continued growth and aging of the install base. The mod outlook for the Americas has been slightly upgraded from an expected mid-single-digit growth to high single-digit growth, reflecting a strong market in the quarter and over the first half. For NI markets globally, the global industry outlook for the current fiscal year has been slightly reduced from a low single-digit to a mid-single-digit decline of NI order intake units.</t>
+  </si>
+  <si>
+    <t>For 2025, the company expects revenues of more than EUR 12.5bn and an EBITDA of more than EUR 1.1bn, as well as a net cash position of more than EUR 700mn.</t>
+  </si>
+  <si>
+    <t>The downside potential should be limited at this stage, due to strong liquidity levels nd a strong project pipeline which paves the way for more advanced payments. However the upside is also limited, on the back of the current trading levels of the bonds, which we deem fair levels, as well as due to the aforementioned points in relation to the downside of the credit story (particularly the limited visibility of working capital).</t>
+  </si>
+  <si>
+    <t>ZF Friedrichshafen</t>
+  </si>
+  <si>
+    <t>Cautiously defensive outlook, company will intensify restructuring to cut costs, consolidate sites , and focus on profitable divisions as global auto demand weakens.</t>
+  </si>
+  <si>
+    <t>Strong underperformance vs. IHS volumes, rating downgrade to B+, higher than expected restructuring costs.</t>
+  </si>
+  <si>
+    <t>Revenue and EBITDA to remain broadly stable yoy, with stronger performance in H2 driven by recovery of Zyprexa and Pulmicort. Leverage, which temporarily rose to 5.9x in Q2, is projected to improve to the mid-5x level.</t>
+  </si>
+  <si>
+    <t>Weaker than expected recovery in H2 and consistently high leverage.</t>
+  </si>
+  <si>
+    <t>We are now more constructive on the credit albeit in our ideal scenario, post restructuring leverage would have been lower and cost of capital lower, but that is easy to say with no vested interest. Leverage, post restructuring and post additional non core asset sales, will be reduced to a more manageable level. While we are the first to highlight that the FCF generation is still far from ideal, we also recognize that the structure will now have no maturities before 2028 (€1bn), and the implied (subject to EV assumption) spread levels on offer of over 600bps is c. 3x what is available across the broader "performing" telecom apace. We think the return is attractive, as one is being compensated for the weak FCF profile. Furthermore the investment case is further strengthened considering the limited short term credit risk and the potential of additional upside over the medium term driven by the equity stake granted to creditors.</t>
+  </si>
+  <si>
+    <t>Negative risks include continued price pressure, customer loss and higher than expected capex. Positive risks include potential consolidation, an improved pricing environment and lower customer churn.</t>
+  </si>
+  <si>
+    <t>The SSN notes are up 7-8 pts since April 2025, while the SUNs have not participated in the rally. We recognize that the market has rallied over the last month after widening on the back of the unexpected tariff announcements, but is actually down only 25bps over a two month period. (Cash index -12bps over the last two months.) We think the SSN outperformance is unjustified due to negative idiosyncratic considerations. The weaker-than-expected performance in MEO (61% of Group FY 25 estimated EBITDA and 69% of OCF) is not being reflected by the market, in our view. Reported LTM leverage of 5.5x, or 5.6x on an L2QA basis, is already high in the context of the underlying EV of the Group's assets. Proportionate leverage, the correct way to look at leverage, is however 6.2x on an LTM basis and 6.4x on an L2QA basis.</t>
+  </si>
+  <si>
+    <t>Positive risks include lower than expected impact from competition in Portugal and additional asset sales and premium valuations.</t>
+  </si>
+  <si>
+    <t>Despite the leverage increase (+1.1x to 4.8x) related to a shareholder distribution (€200m) and higher cost of debt vs. the debt that was repaid, we estimate a FCF Yield of 5% (defined by FCF / Gross debt). The FCF Yield is one of the the highest in the sector which along with EBITDA growth (3YR CAGR of +10% from 2020-23 that was positively impacted by M&amp;A as well; and +3.3% from 2023-26E) will drive debt reduction of c. 0.5.x per annum (excluding additional shareholder distributions). Investment positives include: Above average EBITDA growth, Lower and falling capital intensity, Higher FCF generation, Stable market structure, Strong market positioning, Service and geographic diversification, and Positive macroeconomic backdrop.</t>
+  </si>
+  <si>
+    <t>Negative risks include higher levels of capital expenditure and price competition plus higher-than-expected shareholder distributions.</t>
+  </si>
+  <si>
+    <t>We downgrade our recommendation on the SSN 2027 notes from a Credit Buy to Credit Hold. Following the recent buy -backs and price appreciation, we see limited further upside potential but recognise the interim downside protection - hence we downgrade to Credit Hold.</t>
+  </si>
+  <si>
+    <t>Key positive risks include debt repayment, better-than-expected revenue and EBITDA performance, higher free cash flow generation, and lower dividends.
+Key negative risks include additional debt layering, elevated capex levels, continued fixed market share loss and shareholder distributions.</t>
+  </si>
+  <si>
+    <t>SALT is probably the best-positioned operator in the Swiss market from a medium-term growth perspective, driven by the low penetration of broadband within its customer base. However, on a shorter-term basis, we expect lower FCF generation in 2025 vs 2024, and potentially going forward. Nevertheless, we now see an attractive overweight opportunity on the 2030 notes. We have a Credit Hold on the €3.125% 2026 Notes and a Credit Buy on the €4.5% 2030 Notes.</t>
+  </si>
+  <si>
+    <t>Positive risks include a decision to reduce leverage ahead of any potential equity listing, lower shareholder distributions and greater-than-expected market share in B2C fixed and B2B.
+Negative risks include a higher level of capex, increasing price competition and lower levels of profitability, driven by higher SACs and changes in the revenue mix.</t>
+  </si>
+  <si>
+    <t>Sunrise (UPC)</t>
+  </si>
+  <si>
+    <t>Following the recent price action, especially from a spread perspective, we take the opportunity to upgrade our recommendation on the SUNN Senior tranches from a Credit Sell to Credit Hold and reiterate our Credit Hold recommendation on the Sr. Secured tranches. The Secured Yield of 4.6% and spread of 265bps is tight but we see limited downside from these levels. Leverage is 3.5x through this tranche. The Senior Notes are now rated a Credit Hold. They offer a 5.0% Yield and a spread of 310bps. The Senior vs Secured pick up does not leave any room for disappointment / operational mis-steps.</t>
+  </si>
+  <si>
+    <t>Positive risks include greater-than-expected de-leveraging in conjunction with share spin, greater growth than envisaged, and a lower dividend than expected going forward.
+Negative risks include higher capex, increasing competition in fibre market, and increasing price pressure.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">By virtue of being an investment holding company, Softbank Group's KPIs/metrics are different from other companies. We recognize that the size of the planned investment this year is large in notional terms (&gt;$40bn), especially as this is not a one-off investment. LTV has only just started to reflect the pick-up in investments (PF reported 20.1% vs period end reported 18.0%) but will continue to step up without remedial action by SBG which we think they act upon. e believe SBG has enough levers to do both: invest and maintain LTV &lt; 25%. In order to do so and conservatively manage liquidity, we envisage further asset monetizations, the issuance of both Senior and Hybrid Notes and no more/materially scaled back share buy-back program.
+</t>
+  </si>
+  <si>
+    <t>We initiate on the SSN 5.375% 2029 Notes with a Credit Hold. Offered at 103.15, the Yield of 4.3% (spread of 206bps and z-spread of 195bps) is fair value in our minds. While the spread levels look tight, we think they fairly reflect the high quality of the underlying asset.</t>
+  </si>
+  <si>
+    <t>Positive risks include greater-than-expected operational efficiencies, a faster adoption in the International segment.
+Negative risks include higher capex, higher transformational charges, additional debt to fund second stage of acquisition financing, and shareholder distributions.</t>
+  </si>
+  <si>
+    <t>Following the very strong performance of the credit over the last years, we think the risk/reward balance is now skewed to the downside despite the mentioned positive catalysts. While the front end is understandably very tight considering the low refinancing risk on the back of the improved leverage profile, we think the belly and back-end are too tight considering any potential execution risk related to the company's ambitious three-year business plan and any potential LBO risk. As such, we resume coverage with a Credit Hold on the 2025-2027 maturities and with a Credit Sell on the 2028-2055 tranches (both previously Credit Buy). We also recommend expressing this negative outlook via 5YR CDS (buy protection). Cash and derivatives are too tight in our view.</t>
+  </si>
+  <si>
+    <t>Positive risks include delivery of the medium-term business plan, no shareholder dividends, and better-than-expected market repair on the back of intra-market consolidation.
+Negative risks include failure to deliver on medium-term guidance, continued price pressure, additional WIC outflows, and LBO risk.</t>
+  </si>
+  <si>
+    <t>T-Mobile Netherlands Holding BV /Odido Netherlands Holding BV</t>
+  </si>
+  <si>
+    <t>The business continues to take broadband market share from other competitors, which is driving the better-than-market growth at the issuer.</t>
+  </si>
+  <si>
+    <t>Failure to list the business in H2 and related debt reduction and tangible equity cushion could negatively impact asset prices.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VMED O2 - out-performance is not sustainable. EBITDA in Q1'25 increased by 0.8% and the FY guidance of “growth in adjusted EBITDA excluding the impact from NexFibre construction” was reiterated in conjunction with the Q1 results.
+There was an announcement that NexFibre roll out plan would stop at 2.5m homes (vs 2.2m homes reported in Q1). This is a material reduction in network expansion plans considering the intention was to pass 5m homes by the end of 2026 and that plan was reiterated as recently as January 2025. We think this lower network investment plan will have negative medium term EBITDA implications. </t>
+  </si>
+  <si>
+    <t>Positive risks include better revenue profile and profitability, asset sales to support de-leveraging and being acquired by an IG rated company.
+Negative risks include customer losses, higher capex spend and back book re-pricing risk.</t>
+  </si>
+  <si>
+    <t>Following the change in guidance we have reduced our estimates. From a KPI perspective, the BB losses incurred were largely in line with our estimates. The proactive back-book repricing, a necessary but painful multi-year impact, is driving the reduction in estimates and will be a key customer retention tool along with speed upgrades (with Docsis 4.0 investment). We estimate the business to lose 12% of its residential broadband base over the 2023 to 2026. The fixed residential customer base declined by 3.1% in FY 24, following a 3.0%decline in FY23. This is not sustainable, hence the business has had to readjust its market positioning.</t>
+  </si>
+  <si>
+    <t>Positive risks include better-than-expected customer retention, lower price reductions, and the removal of shareholder distributions.
+Negative risks include continued customer base and price erosion and higher levels of capital expenditure.</t>
+  </si>
+  <si>
+    <t>Zegona Finance PLC</t>
+  </si>
+  <si>
+    <t>Despite EUR and USD Bonds being offered at c. 107 we think these instruments are fairly valued and we Initiate coverage on the SSN €6.5% 2029 and $8.625% 2029 with a Credit Hold. Despite these trading levels we do not think its time to take profits as the investment case has different legs to the story which will positively drive the narrative for the next months. While we had envisaged a narrative driven first by cost savings and then business stabilization (subject to successful execution) over the medium term, we now have added another driver to the investment case and one that is more imminent - the creation of NetCo JV's and the related stake sale. The de-leveraging related to a potential NetCo JV stake sale would lead to a step change in leverage and FCF generation. In the interim, the business can deliver on front end loaded cost savings such as a 30% reduction in headcount and the renegotiation of existing wholesale agreements. The combination of the NetCo JV stake sale and and cost savings, will in our mind, de-risk the investment case and give management more breathing room and time to stabilize the business.</t>
+  </si>
+  <si>
+    <t>Negative risks include failure to deliver on the FiberCo transaction, continued customer erosion and failure to deliver on cost reductions.
+Positive risks include better than expected cost savings and customer base evolution and lower capital intensity than expected.</t>
+  </si>
+  <si>
     <t>The information and opinions in this report were prepared by Deutsche Bank AG or one of its affiliates (collectively "Deutsche Bank"). Though the information herein is believed to be reliable and has been obtained from public sources believed to be reliable, Deutsche Bank makes no representation as to its accuracy or completeness. Hyperlinks to third-party websites in this report are provided for reader convenience only. Deutsche Bank neither endorses the content nor is responsible for the accuracy or security controls of those websites.</t>
   </si>
   <si>
     <t xml:space="preserve">If you use the services of Deutsche Bank in connection with a purchase or sale of a security that is discussed in this report, or is included or discussed in another communication (oral or written) from a Deutsche Bank analyst,  Deutsche Bank may act as principal for its own account or as agent for another person. </t>
   </si>
   <si>
     <t xml:space="preserve">Deutsche Bank may consider this report in deciding to trade as principal.  It may also engage in transactions, for its own account or with customers, in a manner inconsistent with the views taken in this research report.  Others within Deutsche Bank, including strategists, sales staff and other analysts, may take views that are inconsistent with those taken in this research report. Deutsche Bank issues a variety of research products, including fundamental analysis, equity-linked analysis, quantitative analysis and trade ideas. Recommendations contained in one type of communication may differ from recommendations contained in others, whether as a result of differing time horizons, methodologies, perspectives or otherwise. Deutsche Bank and/or its affiliates may also be holding debt or equity securities of the issuers it writes on. Analysts are paid in part based on the profitability of Deutsche Bank AG and its affiliates, which includes investment banking, trading and principal trading revenues. </t>
   </si>
   <si>
-    <t>Opinions, estimates and projections constitute the current judgment of the author as of the date of this report. They do not necessarily reflect the opinions of Deutsche Bank and are subject to change without notice. Deutsche Bank provides liquidity for buyers and sellers of securities issued by the companies it covers. Deutsche Bank research analysts sometimes have shorter-term trade ideas that may be inconsistent with Deutsche Bank's existing longer-term ratings. Some trade ideas for equities are listed as Catalyst Calls on the Research Website (https://research.db.com/Research/) , and can be found on the general coverage list and also on the covered company’s page. A Catalyst Call represents a high-conviction belief by an analyst that a stock will outperform or underperform the market and/or a specified sector over a time frame of no less than two weeks and no more than three months. In addition to Catalyst Calls, analysts may occasionally discuss with our clients, and with Deutsche Bank salespersons and traders, trading strategies or ideas that reference catalysts or events that may have a near-term or medium-term impact on the market price of the securities discussed in this report, which impact may be directionally counter to the analysts' current 12-month view of total return or investment return as described herein. Deutsche Bank has no obligation to update, modify or amend this report or to otherwise notify a recipient thereof if an opinion, forecast or estimate changes or becomes inaccurate. Coverage and the frequency of changes in market conditions and in both general and company-specific economic prospects make it difficult to update research at defined intervals.  Updates are at the sole discretion of the coverage analyst or of the Research Department Management, and the majority of reports are published at irregular intervals. This report is provided for informational purposes only and does not take into account the particular investment objectives, financial situations, or needs of individual clients. It is not an offer or a solicitation of an offer to buy or sell any financial instruments or to participate in any particular trading strategy. Target prices are inherently imprecise and a product of the analyst’s judgment.  The financial instruments discussed in this report may not be suitable for all investors, and investors must make their own informed investment decisions. Prices and availability of financial instruments are subject to change without notice, and investment transactions can lead to losses as a result of price fluctuations and other factors.  If a financial instrument is denominated in a currency other than an investor's currency, a change in exchange rates may adversely affect the investment.  Past performance is not necessarily indicative of future results. Performance calculations exclude transaction costs, unless otherwise indicated. Unless otherwise indicated, prices are current as of the end of the previous trading session and are sourced from local exchanges via Reuters, Bloomberg and other vendors.  Data is also sourced from Deutsche Bank, subject companies, and other parties. Artificial intelligence tools may be used in the preparation of this material, including but not limited to assist in fact-finding, data analysis, pattern recognition, content drafting and editorial corrections pertaining to research material.</t>
+    <t xml:space="preserve">Opinions, estimates and projections constitute the current judgment of the author as of the date of this report. They do not necessarily reflect the opinions of Deutsche Bank and are subject to change without notice. Deutsche Bank provides liquidity for buyers and sellers of securities issued by the companies it covers. Deutsche Bank research analysts sometimes have shorter-term trade ideas that may be inconsistent with Deutsche Bank's existing longer-term ratings. Some trade ideas for equities are listed as Catalyst Calls on the Research Website (https://research.db.com/Research/) , and can be found on the general coverage list and also on the covered company’s page. A Catalyst Call represents a high-conviction belief by an analyst that a stock will outperform or underperform the market and/or a specified sector over a time frame of no less than two weeks and no more than three months. In addition to Catalyst Calls, analysts may occasionally discuss with our clients, and with Deutsche Bank salespersons and traders, trading strategies or ideas that reference catalysts or events that may have a near-term or medium-term impact on the market price of the securities discussed in this report, which impact may be directionally counter to the analysts' current 12-month view of total return or investment return as described herein. Deutsche Bank has no obligation to update, modify or amend this report or to otherwise notify a recipient thereof if an opinion, forecast or estimate changes or becomes inaccurate. Coverage and the frequency of changes in market conditions and in both general and company-specific economic prospects make it difficult to update research at defined intervals.  Updates are at the sole discretion of the coverage analyst or of the Research Department Management, and the majority of reports are published at irregular intervals. This report is provided for informational purposes only and does not take into account the particular investment objectives, financial situations, or needs of individual clients. It is not an offer or a solicitation of an offer to buy or sell any financial instruments or to participate in any particular trading strategy. Target prices are inherently imprecise and a product of the analyst’s judgment.  The financial instruments discussed in this report may not be suitable for all investors, and investors must make their own informed investment decisions. Prices and availability of financial instruments are subject to change without notice, and investment transactions can lead to losses as a result of price fluctuations and other factors.  If a financial instrument is denominated in a currency other than an investor's currency, a change in exchange rates may adversely affect the investment.  Past performance is not necessarily indicative of future results. Performance calculations exclude transaction costs, unless otherwise indicated. Unless otherwise indicated, prices are current as of the end of the previous trading session and are sourced from local exchanges via Reuters, Bloomberg and other vendors.  Data is also sourced from Deutsche Bank, subject companies, and other parties. </t>
   </si>
   <si>
     <t xml:space="preserve">The Deutsche Bank Research Department is independent of other business divisions of the Bank. Details regarding our organizational arrangements and information barriers we have to prevent and avoid conflicts of interest with respect to our research are available on our website (https://research.db.com/Research/) under Disclaimer. </t>
   </si>
   <si>
     <t xml:space="preserve">Macroeconomic fluctuations often account for most of the risks associated with exposures to instruments that promise to pay fixed or variable interest rates. For an investor who is long fixed-rate instruments (thus receiving these cash flows), increases in interest rates naturally lift the discount factors applied to the expected cash flows and thus cause a loss. The longer the maturity of a certain cash flow and the higher the move in the discount factor, the higher will be the loss. Upside surprises in inflation, fiscal funding needs, and FX depreciation rates are among the most common adverse macroeconomic shocks to receivers. But counterparty exposure, issuer creditworthiness, client segmentation, regulation (including changes in assets holding limits for different types of investors), changes in tax policies, currency convertibility (which may constrain currency conversion, repatriation of profits and/or liquidation of positions), and settlement issues related to local clearing houses are also important risk factors. The sensitivity of fixed-income instruments to macroeconomic shocks may be mitigated by indexing the contracted cash flows to inflation, to FX depreciation, or to specified interest rates – these are common in emerging markets.  The index fixings may – by construction – lag or mis-measure the actual move in the underlying variables they are intended to track. The choice of the proper fixing (or metric) is particularly important in swaps markets, where floating coupon rates (i.e., coupons indexed to a typically short-dated interest rate reference index) are exchanged for fixed coupons. Funding in a currency that differs from the currency in which coupons are denominated carries FX risk. Options on swaps (swaptions) the risks typical to options in addition to the risks related to rates movements. </t>
   </si>
   <si>
-    <t>Derivative transactions involve numerous risks including market, counterparty default and illiquidity risk.  The appropriateness of these products for use by investors depends on the investors' own circumstances, including their tax position, their regulatory environment and the nature of their other assets and liabilities; as such, investors should take expert legal and financial advice before entering into any transaction similar to or inspired by the contents of this publication. The risk of loss in futures trading and options, foreign or domestic, can be substantial. As a result of the high degree of leverage obtainable in futures and options trading, losses may be incurred that are greater than the amount of funds initially deposited – up to theoretically unlimited losses. Trading in options involves risk and is not suitable for all investors. Prior to buying or selling an option, investors must review the "Characteristics and Risks of Standardized Options”, at https://www.theocc.com/company-information/documents-and-archives/publications. If you are unable to access the website, please contact your Deutsche Bank representative for a copy of this important document.</t>
+    <t>Derivative transactions involve numerous risks including market, counterparty default and illiquidity risk.  The appropriateness of these products for use by investors depends on the investors' own circumstances, including their tax position, their regulatory environment and the nature of their other assets and liabilities; as such, investors should take expert legal and financial advice before entering into any transaction similar to or inspired by the contents of this publication. The risk of loss in futures trading and options, foreign or domestic, can be substantial. As a result of the high degree of leverage obtainable in futures and options trading, losses may be incurred that are greater than the amount of funds initially deposited – up to theoretically unlimited losses. Trading in options involves risk and is not suitable for all investors. Prior to buying or selling an option, investors must review the "Characteristics and Risks of Standardized Options”, at https://www.theocc.com/company-information/documents-and-archives/options-disclosure-document. If you are unable to access the website, please contact your Deutsche Bank representative for a copy of this important document.</t>
   </si>
   <si>
     <t xml:space="preserve">Participants in foreign exchange transactions may incur risks arising from several factors, including the following: (i) exchange rates can be volatile and are subject to large fluctuations; (ii) the value of currencies may be affected by numerous market factors, including world and national economic, political and regulatory events, events in equity and debt markets and changes in interest rates; and (iii) currencies may be subject to devaluation or government-imposed exchange controls, which could affect the value of the currency. Investors in securities such as ADRs, whose values are affected by the currency of an underlying security, effectively assume currency risk. </t>
   </si>
   <si>
-    <t xml:space="preserve">Unless governing law provides otherwise, all transactions should be executed through the Deutsche Bank entity in the investor's home jurisdiction. Aside from within this report, important conflict disclosures can also be found at https://research.db.com/Research/ on each company’s research page. Investors are strongly encouraged to review this information before investing.   </t>
+    <t xml:space="preserve">Unless governing law provides otherwise, all transactions should be executed through the Deutsche Bank entity in the investor's home jurisdiction. Aside from within this report, important conflict disclosures can also be found at https://research.db.com/Research/ on each company’s research page or under the ‘Disclosures’ tab. Investors are strongly encouraged to review this information before investing.   </t>
   </si>
   <si>
     <t>Deutsche Bank (which includes Deutsche Bank AG, its branches and affiliated companies) is not acting as a financial adviser, consultant or fiduciary to you or any of your agents (collectively, “You” or “Your”) with respect to any information provided in this report. Deutsche Bank does not provide investment, legal, tax or accounting advice, Deutsche Bank is not acting as your impartial adviser, and does not express any opinion or recommendation whatsoever as to any strategies, products or any other information presented in the materials.  Information contained herein is being provided solely on the basis that the recipient will make an independent assessment of the merits of any investment decision, and it does not constitute a recommendation of, or express an opinion on, any product or service or any trading strategy.</t>
   </si>
   <si>
     <t>The information presented is general in nature and is not directed to retirement accounts or any specific person or account type, and is therefore provided to You on the express basis that it is not advice, and You may not rely upon it in making Your decision. The information we provide is being directed only to persons we believe to be financially sophisticated, who are capable of evaluating investment risks independently, both in general and with regard to particular transactions and investment strategies, and who understand that Deutsche Bank has financial interests in the offering of its products and services. If this is not the case, or if You are an IRA or other retail investor receiving this directly from us, we ask that you inform us immediately.</t>
   </si>
   <si>
     <t>In July 2018, Deutsche Bank revised its rating system for short term ideas whereby the branding has been changed to Catalyst Calls (“CC”) from SOLAR ideas; the rating categories for Catalyst Calls originated in the Americas region have been made consistent with the categories used by Analysts globally; and the effective time period for CCs has been reduced from a maximum of 180 days to 90 days.</t>
   </si>
   <si>
     <t xml:space="preserve">United States: Approved and/or distributed by Deutsche Bank Securities Incorporated, a member of FINRA and SIPC.  Analysts located outside of the United States are employed by non-US affiliates and are not registered/qualified as research analysts with FINRA. </t>
   </si>
   <si>
     <t>European Economic Area (exc. United Kingdom): Approved and/or distributed by Deutsche Bank AG, a joint stock corporation with limited liability incorporated in the Federal Republic of Germany with its principal office in Frankfurt am Main. Deutsche Bank AG is authorized under German Banking Law and is subject to supervision by the European Central Bank and by BaFin, Germany’s Federal Financial Supervisory Authority.</t>
   </si>
   <si>
     <t xml:space="preserve">United Kingdom: Approved and/or distributed by Deutsche Bank AG acting through its London Branch at 21 Moorfields, London EC2Y 9DB. Deutsche Bank AG in the United Kingdom is authorised by the Prudential Regulation Authority and is subject to limited regulation by the Prudential Regulation Authority and Financial Conduct Authority. Details about the extent of our authorisation and regulation are available on request. </t>
   </si>
   <si>
     <t>Hong Kong SAR: Distributed by Deutsche Bank AG, Hong Kong Branch except for any research content relating to futures contracts within the meaning of the Hong Kong Securities and Futures Ordinance Cap. 571. Research reports on such futures contracts are not intended for access by persons who are located, incorporated, constituted or resident in Hong Kong. The author(s) of a research report may not be licensed to carry on regulated activities in Hong Kong and, if not licensed, do not hold themselves out as being able to do so. The provisions set out above in the "Additional Information" section shall apply to the fullest extent permissible by local laws and regulations, including without limitation the Code of Conduct for Persons Licensed or Registered with the Securities and Futures Commission. This report is intended for distribution only to "professional investors" as defined in Part 1 of Schedule of the SFO. This document must not be acted or relied on by persons who are not professional investors. Any investment or investment activity to which this document relates is only available to professional investors and will be engaged only with professional investors.</t>
   </si>
   <si>
-    <t>India: Prepared by Deutsche Equities India Private Limited (DEIPL) having CIN: U65990MH2002PTC137431 and registered office at 14th Floor, The Capital, C-70, G Block, Bandra Kurla Complex, Mumbai (India) 400051. Tel: + 91 22 7180 4444. It is registered by the Securities and Exchange Board of India (SEBI) as a Stock broker bearing registration no.: INZ000252437; Merchant Banker bearing SEBI Registration no.: INM000010833 and Research Analyst bearing SEBI Registration no.: INH000001741. DEIPL’s Compliance / Grievance officer is Ms. Rashmi Poddar (Tel: +91 22 7180 4929 email ID: complaints.deipl@db.com). Registration granted by SEBI and certification from NISM in no way guarantee performance of DEIPL or provide any assurance of returns to investors. Investment in securities market are subject  to market risks.  Read all the related documents carefully before investing. DEIPL may have received administrative warnings from the SEBI for breaches of Indian regulations. Deutsche Bank and/or its affiliate(s) may have debt holdings or positions in the subject company.  With regard to information on associates, please refer to the “Shareholdings” section in the Annual Report at: https://www.db.com/ir/en/annual-reports.htm.</t>
+    <t>India: Prepared by Deutsche Equities India Private Limited (DEIPL) having CIN: U65990MH2002PTC137431 and registered office at 14th Floor, The Capital, C-70, G Block, Bandra Kurla Complex, Mumbai (India) 400051. Tel: + 91 22 7180 4444. It is registered by the Securities and Exchange Board of India (SEBI) as a Stock broker bearing registration no.: INZ000252437; Merchant Banker bearing SEBI Registration no.: INM000010833 and Research Analyst bearing SEBI Registration no.: INH000001741. DEIPL’s Compliance / Grievance officer is Ms. Rashmi Poddar (Tel: +91 22 7180 4929 email ID: complaints.deipl@db.com). Registration granted by SEBI and certification from NISM in no way guarantee performance of DEIPL or provide any assurance of returns to investors. Investment in securities market are subject  to market risks.  Read all the related documents carefully before investing. DEIPL may have received administrative warnings from the SEBI for breaches of Indian regulations. Deutsche Bank and/or its affiliate(s) may have debt holdings or positions in the subject company.  With regard to information on associates, please refer to the “Shareholdings” section in the Annual Report at: https://www.db.com/ir/en/annual-reports.htm. For latest India research audit report, refer https://country.db.com/india/deutsche-equities-india/index?language_id=1.</t>
   </si>
   <si>
     <t xml:space="preserve">Japan: Approved and/or distributed by Deutsche Securities Inc.(DSI). Registration number - Registered as a financial instruments dealer by the Head of the Kanto Local Finance Bureau (Kinsho) No. 117. Member of associations: JSDA, Type II Financial Instruments Firms Association and The Financial Futures Association of Japan. Commissions and risks involved in stock transactions - for stock transactions, we charge stock commissions and consumption tax by multiplying the transaction amount by the commission rate agreed with each customer. Stock transactions can lead to losses as a result of share price fluctuations and other factors. Transactions in foreign stocks can lead to additional losses stemming from foreign exchange fluctuations. We may also charge commissions and fees for certain categories of investment advice, products and services. Recommended investment strategies, products and services carry the risk of losses to principal and other losses as a result of changes in market and/or economic trends, and/or fluctuations in market value. Before deciding on the purchase of financial products and/or services, customers should carefully read the relevant disclosures, prospectuses and other documentation. "Moody's", "Standard &amp; Poor's", and "Fitch" mentioned in this report are not registered credit rating agencies in Japan unless Japan or "Nippon" is specifically designated in the name of the entity. Reports on Japanese listed companies not written by analysts of DSI are written by Deutsche Bank Group's analysts with the coverage companies specified by DSI. Some of the foreign securities stated on this report are not disclosed according to the Financial Instruments and Exchange Law of Japan. Target prices set by Deutsche Bank's equity analysts are based on a 12-month forecast period. </t>
   </si>
   <si>
     <t xml:space="preserve">Korea: Distributed by Deutsche Securities Korea Co. </t>
   </si>
   <si>
     <t xml:space="preserve">South Africa: Deutsche Bank AG Johannesburg is incorporated in the Federal Republic of Germany (Branch Register Number in South Africa: 1998/003298/10). </t>
   </si>
   <si>
     <t xml:space="preserve">Singapore:  This report is issued by Deutsche Bank AG, Singapore Branch (One Raffles Quay #18-00 South Tower Singapore 048583, 65 6423 8001), which may be contacted in respect of any matters arising from, or in connection with, this report.  Where this report is issued or promulgated by Deutsche Bank in Singapore to a person who is not an accredited investor, expert investor or institutional investor  (as defined in the applicable Singapore laws and regulations), they accept legal responsibility to such person for its contents. </t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan: Information on securities/investments that trade in Taiwan is for your reference only. Readers should independently evaluate investment risks and are solely responsible for their investment decisions. Deutsche Bank research may not be distributed to the Taiwan public media or quoted or used by the Taiwan public media without written consent. Information on securities/instruments that do not trade in Taiwan is for informational purposes only and is not to be construed as a recommendation to trade in such securities/instruments. </t>
   </si>
   <si>
     <t xml:space="preserve">Qatar: Deutsche Bank AG in the Qatar Financial Centre (registered no. 00032) is regulated by the Qatar Financial Centre Regulatory Authority. Deutsche Bank AG - QFC Branch may undertake only the financial services activities that fall within the scope of its existing QFCRA license. Its principal place of business in the QFC: Qatar Financial Centre, Tower, West Bay, Level 5, PO Box 14928, Doha, Qatar. This information has been distributed by Deutsche Bank AG. Related financial products or services are only available only to Business Customers, as defined by the Qatar Financial Centre Regulatory Authority. </t>
   </si>
   <si>
     <t xml:space="preserve">Russia: The information, interpretation and opinions submitted herein are not in the context of, and do not constitute, any appraisal or evaluation activity requiring a license in the Russian Federation. </t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia: Deutsche Securities Saudi Arabia (DSSA) is a closed joint stock company authorized by the Capital Market Authority of the Kingdom of Saudi Arabia with a license number (No. 37-07073) to conduct the following business activities: Dealing, Arranging, Advising, and Custody activities.  DSSA registered office is Faisaliah Tower, 17th Floor, King Fahad Road - Al Olaya District Riyadh, Kingdom of Saudi Arabia P.O. Box 301806.</t>
   </si>
@@ -727,79 +771,73 @@
     <t>Australia and New Zealand:  This research is intended only for "wholesale clients" within the meaning of the Australian Corporations Act and New Zealand Financial Advisors Act, respectively. Please refer to Australia-specific research disclosures and related information at https://www.dbresearch.com/PROD/RPS_EN-PROD/PROD0000000000521304.xhtml . Where research refers to any particular financial product recipients of the research should consider any product disclosure statement, prospectus or other applicable disclosure document before making any decision about whether to acquire the product. In preparing this report, the primary analyst or an individual who assisted in the preparation of this report has likely been in contact with the company that is the subject of this research for confirmation/clarification of data, facts, statements, permission to use company-sourced material in the report, and/or site-visit attendance.  Without prior approval from Research Management, analysts may not accept from current or potential Banking clients the costs of travel, accommodations, or other expenses incurred by analysts attending site visits, conferences, social events, and the like. Similarly, without prior approval from Research Management and Anti-Bribery and Corruption (“ABC”) team, analysts may not accept perks or other items of value for their personal use from issuers they cover.</t>
   </si>
   <si>
     <t xml:space="preserve">Additional information relative to securities, other financial products or issuers discussed in this report is available upon request. This report may not be reproduced, distributed or published without Deutsche Bank's prior written consent.  </t>
   </si>
   <si>
     <t xml:space="preserve">The method for computing individual E,S,G and composite ESG scores set forth herein is a novel method developed by the Research department within Deutsche Bank AG, computed using a systematic approach without human intervention.  Different data providers, market sectors and geographies approach ESG analysis and incorporate the findings in a variety of ways.  As such, the ESG scores referred to herein may differ from equivalent ratings developed and implemented by other ESG data providers in the market and may also differ from equivalent ratings developed and implemented by other divisions within the Deutsche Bank Group.  Such ESG scores also differ from other ratings and rankings that have historically been applied in research reports published by Deutsche Bank AG.  Further, such ESG scores do not represent a formal or official view of Deutsche Bank AG. </t>
   </si>
   <si>
     <t>It should be noted that the decision to incorporate ESG factors into any investment strategy may inhibit the ability to participate in certain investment opportunities that otherwise would be consistent with your investment objective and other principal investment strategies. The returns on a portfolio consisting primarily of sustainable investments may be lower or higher than portfolios where ESG factors, exclusions, or other sustainability issues are not considered, and the investment opportunities available to such portfolios may differ. Companies may not necessarily meet high performance standards on all aspects of ESG or sustainable investing issues; there is also no guarantee that any company will meet expectations in connection with corporate responsibility, sustainability, and/or impact performance.</t>
   </si>
   <si>
     <t>Copyright @ 2025 Deutsche Bank AG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_-&quot;£&quot;* #,##0.00_-;\-&quot;£&quot;* #,##0.00_-;_-&quot;£&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0\ ?/?\ "/>
     <numFmt numFmtId="166" formatCode="[$-409]d\-mmm\-yy;@"/>
     <numFmt numFmtId="167" formatCode="[$-409]dd\-mmm\-yy;@"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...4 lines deleted...]
-      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -856,51 +894,51 @@
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -959,164 +997,200 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="9">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyProtection="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="166" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="2" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="2" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="6" fillId="2" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="167" fontId="7" fillId="2" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="6" fillId="2" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="9">
+  <cellStyles count="8">
     <cellStyle name="AFE" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
-    <cellStyle name="Hyperlink" xfId="6" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="5" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 17" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
-    <cellStyle name="Normal 2" xfId="8" xr:uid="{255CC627-CFF1-4CB9-AE16-A0B48876786D}"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal_HY Telecom Pricing Master" xfId="5" xr:uid="{E1F2BF2C-FF6F-40A4-8734-F575371314BF}"/>
+    <cellStyle name="Normal 2" xfId="7" xr:uid="{255CC627-CFF1-4CB9-AE16-A0B48876786D}"/>
+    <cellStyle name="Normal 5" xfId="6" xr:uid="{5F590969-22BE-43F6-B9C2-82AB1175046C}"/>
     <cellStyle name="Normal_Sheet1" xfId="4" xr:uid="{C07A1F22-5612-4C33-9BE5-039AD466532A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'DB Disclaimer'!A1"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Euro - HY'!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1525,1667 +1599,1765 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83151B27-12E5-44BC-92A0-872AE86A0CF4}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:C15"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="8" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.140625" style="8"/>
+    <col min="1" max="1" width="2.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="31" style="5" customWidth="1"/>
+    <col min="3" max="3" width="12.7109375" style="7" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.35">
-      <c r="B1" s="9" t="s">
-        <v>67</v>
+      <c r="B1" s="6" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="11"/>
+      <c r="A2" s="8"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A3" s="11"/>
-[...3 lines deleted...]
-      <c r="C3" s="11"/>
+      <c r="A3" s="8"/>
+      <c r="B3" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" s="8"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A4" s="18"/>
-[...1 lines deleted...]
-      <c r="C4" s="20"/>
+      <c r="A4" s="15"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="17"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A5" s="21"/>
-[...1 lines deleted...]
-      <c r="C5" s="22"/>
+      <c r="A5" s="18"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="19"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A6" s="21"/>
-[...1 lines deleted...]
-      <c r="C6" s="22"/>
+      <c r="A6" s="18"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="19"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A7" s="21"/>
-[...1 lines deleted...]
-      <c r="C7" s="22"/>
+      <c r="A7" s="18"/>
+      <c r="B7" s="8"/>
+      <c r="C7" s="19"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A8" s="21"/>
-[...1 lines deleted...]
-      <c r="C8" s="22"/>
+      <c r="A8" s="18"/>
+      <c r="B8" s="8"/>
+      <c r="C8" s="19"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A9" s="23"/>
-      <c r="C9" s="24"/>
+      <c r="A9" s="20"/>
+      <c r="C9" s="21"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A10" s="23"/>
-      <c r="C10" s="24"/>
+      <c r="A10" s="20"/>
+      <c r="C10" s="21"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A11" s="23"/>
-      <c r="C11" s="24"/>
+      <c r="A11" s="20"/>
+      <c r="C11" s="21"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A12" s="25"/>
-[...1 lines deleted...]
-      <c r="C12" s="27"/>
+      <c r="A12" s="22"/>
+      <c r="B12" s="23"/>
+      <c r="C12" s="24"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="B14" s="12" t="s">
-[...3 lines deleted...]
-        <v>45824</v>
+      <c r="B14" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="11">
+        <v>45992</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="B15" s="12" t="s">
-[...3 lines deleted...]
-        <v>58</v>
+      <c r="B15" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;10&amp;K000000</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0ADC2F1-9A2E-478B-9D88-201CB3001CAD}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:F59"/>
+  <dimension ref="A1:F63"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection activeCell="M26" sqref="M26"/>
       <selection pane="topRight" activeCell="M26" sqref="M26"/>
       <selection pane="bottomLeft" activeCell="M26" sqref="M26"/>
-      <selection pane="bottomRight" activeCell="C4" sqref="C4"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="22.7109375" style="3" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="28"/>
+    <col min="1" max="2" width="22.7109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="69.7109375" style="3" customWidth="1"/>
+    <col min="5" max="5" width="69.7109375" style="28" customWidth="1"/>
+    <col min="6" max="6" width="69.7109375" style="2" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="27"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A2" s="4"/>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="27"/>
+      <c r="F2" s="1"/>
+    </row>
+    <row r="3" spans="1:6" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" s="26" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="2"/>
-[...20 lines deleted...]
-      <c r="C3" s="16" t="s">
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A4" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" s="35" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" s="35">
+        <v>574088</v>
+      </c>
+      <c r="D4" s="36" t="s">
+        <v>58</v>
+      </c>
+      <c r="E4" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" s="35" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A5" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="35" t="s">
+        <v>94</v>
+      </c>
+      <c r="C5" s="35">
+        <v>8545</v>
+      </c>
+      <c r="D5" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="E5" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F5" s="35" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A6" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="35" t="s">
+        <v>97</v>
+      </c>
+      <c r="C6" s="35">
+        <v>579218</v>
+      </c>
+      <c r="D6" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="E6" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" s="35" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="35" t="s">
+        <v>100</v>
+      </c>
+      <c r="C7" s="35">
+        <v>569868</v>
+      </c>
+      <c r="D7" s="36" t="s">
+        <v>101</v>
+      </c>
+      <c r="E7" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" s="35" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A8" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="35" t="s">
+        <v>103</v>
+      </c>
+      <c r="C8" s="35">
+        <v>252063</v>
+      </c>
+      <c r="D8" s="36" t="s">
+        <v>104</v>
+      </c>
+      <c r="E8" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F8" s="35" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A9" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="35" t="s">
+        <v>106</v>
+      </c>
+      <c r="C9" s="35">
+        <v>385522</v>
+      </c>
+      <c r="D9" s="36" t="s">
+        <v>107</v>
+      </c>
+      <c r="E9" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" s="35" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A10" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" s="35">
+        <v>21652</v>
+      </c>
+      <c r="D10" s="36" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" s="37" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" s="35" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="35">
+        <v>578295</v>
+      </c>
+      <c r="D11" s="36" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" s="35" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A12" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="35">
+        <v>574028</v>
+      </c>
+      <c r="D12" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" s="35" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A13" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C13" s="35">
+        <v>554945</v>
+      </c>
+      <c r="D13" s="36" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" s="35" t="s">
         <v>68</v>
       </c>
-      <c r="D3" s="15" t="s">
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A14" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="35" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" s="35">
+        <v>60785</v>
+      </c>
+      <c r="D14" s="36" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="35" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A15" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="35" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="35">
+        <v>409094</v>
+      </c>
+      <c r="D15" s="36" t="s">
         <v>69</v>
       </c>
-      <c r="E3" s="29" t="s">
+      <c r="E15" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" s="35" t="s">
         <v>70</v>
       </c>
-      <c r="F3" s="15" t="s">
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A16" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="35" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="35">
+        <v>577196</v>
+      </c>
+      <c r="D16" s="36" t="s">
         <v>71</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="E16" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" s="35" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A17" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="35" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="35">
+        <v>573088</v>
+      </c>
+      <c r="D17" s="36" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F17" s="35" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A18" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="35" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" s="35">
+        <v>12719</v>
+      </c>
+      <c r="D18" s="36" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="35" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A19" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" s="35" t="s">
+        <v>116</v>
+      </c>
+      <c r="C19" s="35">
+        <v>543865</v>
+      </c>
+      <c r="D19" s="36" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F19" s="35" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A20" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="35" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" s="35">
+        <v>557365</v>
+      </c>
+      <c r="D20" s="36" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F20" s="35" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A21" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="35">
+        <v>337281</v>
+      </c>
+      <c r="D21" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="E21" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" s="35" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A22" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="C22" s="35">
+        <v>270672</v>
+      </c>
+      <c r="D22" s="36" t="s">
+        <v>124</v>
+      </c>
+      <c r="E22" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F22" s="35" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A23" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="35" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" s="35">
+        <v>550285</v>
+      </c>
+      <c r="D23" s="36" t="s">
+        <v>127</v>
+      </c>
+      <c r="E23" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F23" s="35" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A24" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" s="35" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="35">
+        <v>575288</v>
+      </c>
+      <c r="D24" s="36" t="s">
+        <v>129</v>
+      </c>
+      <c r="E24" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F24" s="35" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A25" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B25" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" s="35">
+        <v>3041</v>
+      </c>
+      <c r="D25" s="36" t="s">
+        <v>131</v>
+      </c>
+      <c r="E25" s="37" t="s">
+        <v>75</v>
+      </c>
+      <c r="F25" s="35" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B26" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" s="35">
+        <v>553805</v>
+      </c>
+      <c r="D26" s="36" t="s">
+        <v>133</v>
+      </c>
+      <c r="E26" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F26" s="35" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A27" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B27" s="35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" s="35">
+        <v>550165</v>
+      </c>
+      <c r="D27" s="36" t="s">
+        <v>134</v>
+      </c>
+      <c r="E27" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F27" s="35" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A28" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B28" s="35" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" s="35">
+        <v>550946</v>
+      </c>
+      <c r="D28" s="36" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F28" s="35" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A29" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B29" s="35" t="s">
+        <v>139</v>
+      </c>
+      <c r="C29" s="35">
+        <v>4201</v>
+      </c>
+      <c r="D29" s="36" t="s">
+        <v>140</v>
+      </c>
+      <c r="E29" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F29" s="35" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A30" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B30" s="35" t="s">
+        <v>142</v>
+      </c>
+      <c r="C30" s="35">
+        <v>579040</v>
+      </c>
+      <c r="D30" s="36" t="s">
+        <v>143</v>
+      </c>
+      <c r="E30" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F30" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A31" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B31" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" s="35">
+        <v>552827</v>
+      </c>
+      <c r="D31" s="36" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="35" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A32" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B32" s="35" t="s">
+        <v>38</v>
+      </c>
+      <c r="C32" s="35">
+        <v>577295</v>
+      </c>
+      <c r="D32" s="36" t="s">
+        <v>145</v>
+      </c>
+      <c r="E32" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F32" s="35" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A33" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="C33" s="35">
+        <v>268017</v>
+      </c>
+      <c r="D33" s="36" t="s">
+        <v>147</v>
+      </c>
+      <c r="E33" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F33" s="35" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A34" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B34" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="35">
+        <v>544085</v>
+      </c>
+      <c r="D34" s="36" t="s">
+        <v>149</v>
+      </c>
+      <c r="E34" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" s="35" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A35" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B35" s="35" t="s">
+        <v>151</v>
+      </c>
+      <c r="C35" s="35">
+        <v>578858</v>
+      </c>
+      <c r="D35" s="36" t="s">
+        <v>152</v>
+      </c>
+      <c r="E35" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F35" s="35" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A36" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B36" s="35" t="s">
+        <v>5</v>
+      </c>
+      <c r="C36" s="35">
+        <v>575408</v>
+      </c>
+      <c r="D36" s="36" t="s">
+        <v>154</v>
+      </c>
+      <c r="E36" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F36" s="35" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A37" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B37" s="35" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" s="35">
+        <v>72561</v>
+      </c>
+      <c r="D37" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="E37" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F37" s="35" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A38" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B38" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="C38" s="35">
+        <v>576093</v>
+      </c>
+      <c r="D38" s="36" t="s">
+        <v>157</v>
+      </c>
+      <c r="E38" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F38" s="35" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A39" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B39" s="35" t="s">
+        <v>8</v>
+      </c>
+      <c r="C39" s="35">
+        <v>548085</v>
+      </c>
+      <c r="D39" s="36" t="s">
+        <v>159</v>
+      </c>
+      <c r="E39" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F39" s="35" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A40" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B40" s="35" t="s">
+        <v>43</v>
+      </c>
+      <c r="C40" s="35">
+        <v>511457</v>
+      </c>
+      <c r="D40" s="36" t="s">
+        <v>160</v>
+      </c>
+      <c r="E40" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F40" s="35" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A41" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B41" s="35" t="s">
+        <v>37</v>
+      </c>
+      <c r="C41" s="35">
+        <v>9611</v>
+      </c>
+      <c r="D41" s="36" t="s">
+        <v>162</v>
+      </c>
+      <c r="E41" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F41" s="35" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A42" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B42" s="35" t="s">
+        <v>49</v>
+      </c>
+      <c r="C42" s="35">
+        <v>17156</v>
+      </c>
+      <c r="D42" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="E42" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F42" s="35" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A43" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="35">
+        <v>575528</v>
+      </c>
+      <c r="D43" s="36" t="s">
+        <v>166</v>
+      </c>
+      <c r="E43" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F43" s="35" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A44" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B44" s="35" t="s">
+        <v>41</v>
+      </c>
+      <c r="C44" s="35">
+        <v>577355</v>
+      </c>
+      <c r="D44" s="36" t="s">
+        <v>167</v>
+      </c>
+      <c r="E44" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F44" s="35" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A45" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="35" t="s">
+        <v>169</v>
+      </c>
+      <c r="C45" s="35">
+        <v>579298</v>
+      </c>
+      <c r="D45" s="36" t="s">
+        <v>170</v>
+      </c>
+      <c r="E45" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F45" s="35" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A46" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B46" s="35" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...19 lines deleted...]
-      <c r="B5" s="5" t="s">
+      <c r="C46" s="35">
+        <v>575892</v>
+      </c>
+      <c r="D46" s="36" t="s">
+        <v>172</v>
+      </c>
+      <c r="E46" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F46" s="35" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A47" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B47" s="35" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47" s="35">
+        <v>547085</v>
+      </c>
+      <c r="D47" s="36" t="s">
+        <v>174</v>
+      </c>
+      <c r="E47" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F47" s="35" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A48" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B48" s="35" t="s">
+        <v>22</v>
+      </c>
+      <c r="C48" s="35">
+        <v>576152</v>
+      </c>
+      <c r="D48" s="36" t="s">
+        <v>176</v>
+      </c>
+      <c r="E48" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="F48" s="35" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A49" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B49" s="35" t="s">
+        <v>31</v>
+      </c>
+      <c r="C49" s="35">
+        <v>575551</v>
+      </c>
+      <c r="D49" s="36" t="s">
+        <v>178</v>
+      </c>
+      <c r="E49" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F49" s="35" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A50" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B50" s="35" t="s">
+        <v>34</v>
+      </c>
+      <c r="C50" s="35">
+        <v>492992</v>
+      </c>
+      <c r="D50" s="36" t="s">
+        <v>84</v>
+      </c>
+      <c r="E50" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="F50" s="35" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A51" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B51" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="C51" s="35">
+        <v>259573</v>
+      </c>
+      <c r="D51" s="36" t="s">
+        <v>180</v>
+      </c>
+      <c r="E51" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="F51" s="35" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A52" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B52" s="35" t="s">
+        <v>52</v>
+      </c>
+      <c r="C52" s="35">
+        <v>575772</v>
+      </c>
+      <c r="D52" s="36" t="s">
+        <v>86</v>
+      </c>
+      <c r="E52" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F52" s="35" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A53" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B53" s="35" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="1">
-[...56 lines deleted...]
-      <c r="B8" s="5" t="s">
+      <c r="C53" s="35">
+        <v>575388</v>
+      </c>
+      <c r="D53" s="36" t="s">
+        <v>182</v>
+      </c>
+      <c r="E53" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F53" s="35" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A54" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B54" s="35" t="s">
+        <v>184</v>
+      </c>
+      <c r="C54" s="35">
+        <v>557245</v>
+      </c>
+      <c r="D54" s="36" t="s">
+        <v>185</v>
+      </c>
+      <c r="E54" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F54" s="35" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A55" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B55" s="35" t="s">
         <v>35</v>
       </c>
-      <c r="C8" s="1">
-[...2 lines deleted...]
-      <c r="D8" s="6" t="s">
+      <c r="C55" s="35">
+        <v>9288</v>
+      </c>
+      <c r="D55" s="36" t="s">
+        <v>187</v>
+      </c>
+      <c r="E55" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F55" s="35" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A56" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B56" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="C56" s="35">
+        <v>12985</v>
+      </c>
+      <c r="D56" s="36" t="s">
+        <v>188</v>
+      </c>
+      <c r="E56" s="37" t="s">
         <v>82</v>
       </c>
-      <c r="E8" s="30" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="34" t="s">
+      <c r="F56" s="35" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A57" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B57" s="35" t="s">
+        <v>36</v>
+      </c>
+      <c r="C57" s="35">
+        <v>7561</v>
+      </c>
+      <c r="D57" s="36" t="s">
+        <v>190</v>
+      </c>
+      <c r="E57" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="F57" s="35" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A58" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B58" s="35" t="s">
+        <v>25</v>
+      </c>
+      <c r="C58" s="35">
+        <v>289191</v>
+      </c>
+      <c r="D58" s="36" t="s">
+        <v>89</v>
+      </c>
+      <c r="E58" s="37" t="s">
         <v>83</v>
       </c>
-    </row>
-[...70 lines deleted...]
-      <c r="D12" s="6" t="s">
+      <c r="F58" s="35" t="s">
         <v>90</v>
       </c>
-      <c r="E12" s="30" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="34" t="s">
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A59" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B59" s="35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C59" s="35">
+        <v>577255</v>
+      </c>
+      <c r="D59" s="36" t="s">
+        <v>193</v>
+      </c>
+      <c r="E59" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F59" s="35" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A60" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B60" s="35" t="s">
+        <v>33</v>
+      </c>
+      <c r="C60" s="35">
+        <v>550828</v>
+      </c>
+      <c r="D60" s="36" t="s">
         <v>91</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D13" s="6" t="s">
+      <c r="E60" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F60" s="35" t="s">
         <v>92</v>
       </c>
-      <c r="E13" s="30" t="s">
-[...510 lines deleted...]
-      <c r="B39" s="5" t="s">
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A61" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="C39" s="1">
-[...76 lines deleted...]
-      <c r="B43" s="5" t="s">
+      <c r="B61" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="C61" s="35">
+        <v>68594</v>
+      </c>
+      <c r="D61" s="36" t="s">
+        <v>195</v>
+      </c>
+      <c r="E61" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F61" s="35" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A62" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B62" s="35" t="s">
         <v>27</v>
       </c>
-      <c r="C43" s="1">
-[...319 lines deleted...]
-      <c r="C59" s="1">
+      <c r="C62" s="35">
         <v>573620</v>
       </c>
-      <c r="D59" s="6" t="s">
-[...6 lines deleted...]
-        <v>188</v>
+      <c r="D62" s="36" t="s">
+        <v>197</v>
+      </c>
+      <c r="E62" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F62" s="35" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A63" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B63" s="35" t="s">
+        <v>199</v>
+      </c>
+      <c r="C63" s="35">
+        <v>579039</v>
+      </c>
+      <c r="D63" s="36" t="s">
+        <v>200</v>
+      </c>
+      <c r="E63" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F63" s="35" t="s">
+        <v>201</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:F3" xr:uid="{F0ADC2F1-9A2E-478B-9D88-201CB3001CAD}"/>
-[...2 lines deleted...]
-  </sortState>
   <hyperlinks>
     <hyperlink ref="A1" location="Navigation!A1" display="&lt;&lt;" xr:uid="{D533F10E-B740-4E6F-AFD4-E37E4E9A84B7}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;10&amp;K000000</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8CA8354-5C9D-47FE-AE02-61F0BBA1EB72}">
-[...1 lines deleted...]
-  <dimension ref="A1:B63"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A59ADA6-16F7-4265-89CA-9D6FC32DFC3A}">
+  <dimension ref="A1:B68"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.7109375" customWidth="1"/>
     <col min="2" max="2" width="109.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A1" s="17" t="s">
-        <v>57</v>
+      <c r="A1" s="14" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="2" spans="1:2" ht="75" x14ac:dyDescent="0.25">
-      <c r="B2" s="36" t="s">
-        <v>190</v>
+      <c r="B2" s="31" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="B3" s="36" t="s">
+      <c r="B3" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="45" x14ac:dyDescent="0.25">
-      <c r="B4" s="36" t="s">
-        <v>191</v>
+      <c r="B4" s="32" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="B5" s="36" t="s">
+      <c r="B5" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:2" ht="135" x14ac:dyDescent="0.25">
-      <c r="B6" s="36" t="s">
-        <v>192</v>
+      <c r="B6" s="32" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="B7" s="36" t="s">
+      <c r="B7" s="32" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="8" spans="1:2" ht="393" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>193</v>
+    <row r="8" spans="1:2" ht="405" x14ac:dyDescent="0.25">
+      <c r="B8" s="32" t="s">
+        <v>205</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="B9" s="36" t="s">
+      <c r="B9" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="45" x14ac:dyDescent="0.25">
-      <c r="B10" s="36" t="s">
-        <v>194</v>
+      <c r="B10" s="32" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="B11" s="36" t="s">
+      <c r="B11" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="240" x14ac:dyDescent="0.25">
-      <c r="B12" s="36" t="s">
-        <v>195</v>
+      <c r="B12" s="32" t="s">
+        <v>207</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="B13" s="36" t="s">
+      <c r="B13" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:2" ht="165" x14ac:dyDescent="0.25">
-      <c r="B14" s="36" t="s">
-        <v>196</v>
+      <c r="B14" s="32" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="B15" s="36" t="s">
+      <c r="B15" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:2" ht="90" x14ac:dyDescent="0.25">
-      <c r="B16" s="36" t="s">
-        <v>197</v>
+      <c r="B16" s="32" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="17" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B17" s="36" t="s">
+      <c r="B17" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="2:2" ht="60" x14ac:dyDescent="0.25">
-      <c r="B18" s="36" t="s">
-        <v>198</v>
+      <c r="B18" s="32" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B19" s="36" t="s">
+      <c r="B19" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="2:2" ht="120" x14ac:dyDescent="0.25">
-      <c r="B20" s="36" t="s">
-        <v>199</v>
+      <c r="B20" s="32" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="21" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B21" s="36" t="s">
+      <c r="B21" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="2:2" ht="105" x14ac:dyDescent="0.25">
-      <c r="B22" s="36" t="s">
-        <v>200</v>
+      <c r="B22" s="32" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="23" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B23" s="36" t="s">
+      <c r="B23" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="2:2" ht="60" x14ac:dyDescent="0.25">
-      <c r="B24" s="36" t="s">
-        <v>201</v>
+      <c r="B24" s="32" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="25" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B25" s="36" t="s">
+      <c r="B25" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="26" spans="2:2" ht="45" x14ac:dyDescent="0.25">
-      <c r="B26" s="36" t="s">
-        <v>202</v>
+      <c r="B26" s="32" t="s">
+        <v>214</v>
       </c>
     </row>
     <row r="27" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B27" s="36" t="s">
+      <c r="B27" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="2:2" ht="60" x14ac:dyDescent="0.25">
-      <c r="B28" s="36" t="s">
-        <v>203</v>
+      <c r="B28" s="32" t="s">
+        <v>215</v>
       </c>
     </row>
     <row r="29" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B29" s="36" t="s">
+      <c r="B29" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="2:2" ht="60" x14ac:dyDescent="0.25">
-      <c r="B30" s="36" t="s">
-        <v>204</v>
+      <c r="B30" s="32" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="31" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B31" s="36" t="s">
+      <c r="B31" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="2:2" ht="165" x14ac:dyDescent="0.25">
-      <c r="B32" s="36" t="s">
-        <v>205</v>
+      <c r="B32" s="32" t="s">
+        <v>217</v>
       </c>
     </row>
     <row r="33" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B33" s="36" t="s">
+      <c r="B33" s="32" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="34" spans="2:2" ht="165" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>206</v>
+    <row r="34" spans="2:2" ht="180" x14ac:dyDescent="0.25">
+      <c r="B34" s="32" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="35" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B35" s="36" t="s">
+      <c r="B35" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="2:2" ht="240" x14ac:dyDescent="0.25">
-      <c r="B36" s="36" t="s">
-        <v>207</v>
+      <c r="B36" s="32" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="37" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B37" s="36" t="s">
+      <c r="B37" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="38" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B38" s="36" t="s">
-        <v>208</v>
+      <c r="B38" s="32" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B39" s="36" t="s">
+      <c r="B39" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="2:2" ht="30" x14ac:dyDescent="0.25">
-      <c r="B40" s="36" t="s">
-        <v>209</v>
+      <c r="B40" s="32" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="41" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B41" s="36" t="s">
+      <c r="B41" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="42" spans="2:2" ht="75" x14ac:dyDescent="0.25">
-      <c r="B42" s="36" t="s">
-        <v>210</v>
+      <c r="B42" s="32" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="43" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B43" s="36" t="s">
+      <c r="B43" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="2:2" ht="75" x14ac:dyDescent="0.25">
-      <c r="B44" s="36" t="s">
-        <v>211</v>
+      <c r="B44" s="32" t="s">
+        <v>223</v>
       </c>
     </row>
     <row r="45" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B45" s="36" t="s">
+      <c r="B45" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="46" spans="2:2" ht="90" x14ac:dyDescent="0.25">
-      <c r="B46" s="36" t="s">
-        <v>212</v>
+      <c r="B46" s="32" t="s">
+        <v>224</v>
       </c>
     </row>
     <row r="47" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B47" s="36" t="s">
+      <c r="B47" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="2:2" ht="30" x14ac:dyDescent="0.25">
-      <c r="B48" s="36" t="s">
-        <v>213</v>
+      <c r="B48" s="32" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="49" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B49" s="36" t="s">
+      <c r="B49" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="50" spans="2:2" ht="60" x14ac:dyDescent="0.25">
-      <c r="B50" s="36" t="s">
-        <v>214</v>
+      <c r="B50" s="32" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="51" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B51" s="36" t="s">
+      <c r="B51" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="2:2" ht="90" x14ac:dyDescent="0.25">
-      <c r="B52" s="36" t="s">
-        <v>215</v>
+      <c r="B52" s="32" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="53" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B53" s="36" t="s">
+      <c r="B53" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="54" spans="2:2" ht="195" x14ac:dyDescent="0.25">
-      <c r="B54" s="36" t="s">
-        <v>216</v>
+      <c r="B54" s="32" t="s">
+        <v>228</v>
       </c>
     </row>
     <row r="55" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B55" s="36" t="s">
+      <c r="B55" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="56" spans="2:2" ht="45" x14ac:dyDescent="0.25">
-      <c r="B56" s="36" t="s">
-        <v>217</v>
+      <c r="B56" s="32" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="57" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B57" s="36" t="s">
+      <c r="B57" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="58" spans="2:2" ht="165" x14ac:dyDescent="0.25">
-      <c r="B58" s="36" t="s">
+      <c r="B58" s="32" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="59" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B59" s="36" t="s">
+      <c r="B59" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="2:2" ht="120" x14ac:dyDescent="0.25">
-      <c r="B60" s="36" t="s">
-        <v>218</v>
+      <c r="B60" s="32" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="2:2" ht="120" x14ac:dyDescent="0.25">
-      <c r="B61" s="36" t="s">
-        <v>219</v>
+      <c r="B61" s="32" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="62" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B62" s="36" t="s">
+      <c r="B62" s="32" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="63" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B63" s="36" t="s">
-        <v>220</v>
+      <c r="B63" s="33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="64" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B64" s="34" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="65" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B65" s="34" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="66" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B66" s="34"/>
+    </row>
+    <row r="67" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B67" s="34" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="68" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B68" s="34" t="s">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A1" location="Navigation!A1" display="&lt;&lt;" xr:uid="{1D60AC07-DBC9-4DB8-AC30-AF4BE0D3E58C}"/>
+    <hyperlink ref="A1" location="Navigation!A1" display="&lt;&lt;" xr:uid="{1E978D73-A9DE-403F-B1A9-419E2ADA9B18}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;10&amp;K000000</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>