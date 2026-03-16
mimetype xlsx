--- v1 (2026-01-28)
+++ v2 (2026-03-16)
@@ -9,68 +9,68 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Other Tasks\HY Investment thesis\Final - HY investment Thesis\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BE2B67C1-DF0A-4EDC-93B4-F3386ACC7BB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{41B1B7CE-BD61-4243-9E9B-23C684555B55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" tabRatio="619" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Navigation" sheetId="9" r:id="rId1"/>
     <sheet name="Euro - HY" sheetId="3" r:id="rId2"/>
     <sheet name="DB Disclaimer" sheetId="10" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_">#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Euro - HY'!$A$3:$F$63</definedName>
     <definedName name="A1\">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
+    <customWorkbookView name="Rahul Verma - Personal View" guid="{BA05EF5A-5832-404B-B46D-AD6473D12444}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1382" windowHeight="744" activeSheetId="1"/>
     <customWorkbookView name="sharpan - Personal View" guid="{A9B34EE3-AA13-4DE8-95F8-5CE9E95DE87F}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1552" windowHeight="840" activeSheetId="1"/>
-    <customWorkbookView name="Rahul Verma - Personal View" guid="{BA05EF5A-5832-404B-B46D-AD6473D12444}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1382" windowHeight="744" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="379" uniqueCount="233">
   <si>
     <t>Analyst</t>
   </si>
   <si>
     <t>Institution Name</t>
   </si>
@@ -1667,51 +1667,51 @@
       <c r="B8" s="8"/>
       <c r="C8" s="19"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="20"/>
       <c r="C9" s="21"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="20"/>
       <c r="C10" s="21"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="20"/>
       <c r="C11" s="21"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="22"/>
       <c r="B12" s="23"/>
       <c r="C12" s="24"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B14" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C14" s="11">
-        <v>45992</v>
+        <v>46063</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B15" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;10&amp;K000000</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0ADC2F1-9A2E-478B-9D88-201CB3001CAD}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:F63"/>
   <sheetViews>